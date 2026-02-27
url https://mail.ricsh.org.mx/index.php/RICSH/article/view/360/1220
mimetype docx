--- v0 (2025-10-14)
+++ v1 (2026-02-27)
@@ -34,63 +34,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4ED375A7" w14:textId="673493C9" w:rsidR="00EF1AD9" w:rsidRDefault="00EF1AD9" w:rsidP="0040154B">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50EA5730" w14:textId="77777777" w:rsidR="004C0F01" w:rsidRDefault="004C0F01" w:rsidP="00D5287B">
+    <w:p w14:paraId="0E53F2D3" w14:textId="743DB1D9" w:rsidR="004239C5" w:rsidRDefault="004239C5" w:rsidP="00D5287B">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk197312909"/>
+      <w:r w:rsidRPr="004239C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004239C5">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.23913/ricsh.v14i27.360</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EA5730" w14:textId="602BE097" w:rsidR="004C0F01" w:rsidRDefault="004C0F01" w:rsidP="00D5287B">
+      <w:pPr>
+        <w:pStyle w:val="Sinespaciado"/>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004C0F01">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Scientific articles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="091FF4FF" w14:textId="58F1D7A2" w:rsidR="008F5DF5" w:rsidRDefault="001C4565" w:rsidP="00D5287B">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
@@ -117,75 +149,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EF1AD9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>citizenship</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EF1AD9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in a society of longevity: up and down the ladder, from universal principles to methodological challenges. </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> case </w:t>
+        <w:t xml:space="preserve"> in a society of longevity: up and down the ladder, from universal principles to methodological challenges. The case </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EF1AD9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EF1AD9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -680,67 +688,52 @@
       <w:r w:rsidRPr="00B73367">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B73367">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> França</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="08FC5060" w14:textId="77777777" w:rsidR="00D42B00" w:rsidRPr="0006644D" w:rsidRDefault="00D42B00" w:rsidP="00B73367">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CBAAE9D" w14:textId="044B765C" w:rsidR="00763512" w:rsidRPr="004676A3" w:rsidRDefault="001C4565" w:rsidP="007B71C0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1610,58 +1603,74 @@
         </w:rPr>
         <w:t>sociedades</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>inclusivas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>promuevan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ciudadanía</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1690,619 +1699,603 @@
         </w:rPr>
         <w:t>participación</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a lo largo de la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>vida</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> de las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">personas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mayores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Guiado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>los</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Principios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Naciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unidas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> favor de las Personas de Edad (1991) y la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Declaración</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Universal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la Diversidad Cultural de la UNESCO (2001), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>este</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>artículo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>enfatiza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inclusión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> de las personas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mayores</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Guiado</w:t>
+        <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>por</w:t>
+        <w:t>los</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>procesos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>toma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>decisiones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contexto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>democracias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>participativas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. También </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>explora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>interacciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre las personas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mayores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>los</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Principios</w:t>
+        <w:t>responsables</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de las </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Naciones</w:t>
+        <w:t>políticos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Unidas </w:t>
+        <w:t xml:space="preserve"> y la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>en</w:t>
+        <w:t>sociedad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> favor de las Personas </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> civil, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>analizando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Edad</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (1991) y la </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>condiciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Declaración</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Universal </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sobre</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...366 lines deleted...]
-        <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>posibilitan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>gobernanza</w:t>
       </w:r>
@@ -2499,51 +2492,67 @@
         </w:rPr>
         <w:t>los</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Talleres de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Diseño</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ciudadano (TCD), </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ciudadano</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (TCD), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>implementados</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>inicialmente</w:t>
       </w:r>
@@ -3524,51 +3533,67 @@
         </w:rPr>
         <w:t>grupos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>específicos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que a menudo </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a menudo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>quedan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>excluidos</w:t>
       </w:r>
@@ -4032,51 +4057,67 @@
         </w:rPr>
         <w:t>sociedades</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>inclusivas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>promovam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>cidadania</w:t>
       </w:r>
@@ -4136,50 +4177,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> dos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>idosos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Orientado</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pelos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4208,459 +4250,467 @@
         </w:rPr>
         <w:t>Nações</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Unidas para a Pessoa Idosa (1991) e pela </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Declaração</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Universal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sobre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C05A62">
-[...13 lines deleted...]
-        <w:t>sobre</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Diversidade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cultural da UNESCO (2001), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>este</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Diversidade</w:t>
-[...15 lines deleted...]
-        <w:t>este</w:t>
+        <w:t>artigo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>artigo</w:t>
+        <w:t>enfatiza</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>questão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inclusão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>idosos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>enfatiza</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> dos </w:t>
+        <w:t>nos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>processos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tomada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>decisão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contexto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>democracias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>participativas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Também</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>explora</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>interações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entre </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cidadãos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>idosos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>formuladores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>políticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sociedade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> civil, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>analisando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>condições</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>nos</w:t>
+        <w:t>que</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...254 lines deleted...]
-        <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>permitem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>governança</w:t>
       </w:r>
@@ -5438,51 +5488,67 @@
         </w:rPr>
         <w:t>resultados</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sugerem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>metodologias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>participativas</w:t>
       </w:r>
@@ -5934,51 +6000,67 @@
         </w:rPr>
         <w:t>idade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>garantindo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que as </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C05A62">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>populações</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mais</w:t>
       </w:r>
@@ -6094,67 +6176,51 @@
         </w:rPr>
         <w:t>formação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>suas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C05A62">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> comunidades.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D8AF32" w14:textId="35C7D13C" w:rsidR="00C05A62" w:rsidRDefault="00C05A62" w:rsidP="008A0F66">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A0F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Palavras-chave</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A0F66">
@@ -6523,65 +6589,56 @@
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C0F01">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Receipt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C0F01">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C0F01">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>January</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 5, 2025 </w:t>
+        <w:t xml:space="preserve">January 5, 2025 </w:t>
       </w:r>
       <w:r w:rsidRPr="004C0F01">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C0F01">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C0F01">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6638,51 +6695,50 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D49AB9F" w14:textId="781776A5" w:rsidR="003522A9" w:rsidRPr="003B2899" w:rsidRDefault="0006644D" w:rsidP="00C05A62">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc193356874"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="2E49A411" w14:textId="39A28882" w:rsidR="003522A9" w:rsidRPr="003B2899" w:rsidRDefault="003522A9" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>The contemporary global demographic transition presents unprecedented challenges and opportunities for fostering inclusive societies that uphold the principles of active citizenship and participation throughout the life course. As articulated in the United Nations</w:t>
       </w:r>
       <w:r w:rsidR="001C4565" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
@@ -7007,51 +7063,50 @@
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="289AC9E7" w14:textId="4FEE8869" w:rsidR="00F45F84" w:rsidRPr="00E35C19" w:rsidRDefault="007F211E" w:rsidP="00E35C19">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc193356875"/>
       <w:r w:rsidRPr="00E35C19">
         <w:rPr>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Inclusion, Citizenship, and Participation in a Lifelong Perspective</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="22E3C5C0" w14:textId="08ACA1DD" w:rsidR="00F45F84" w:rsidRPr="00E35C19" w:rsidRDefault="00F45F84" w:rsidP="00E35C19">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc193356876"/>
       <w:r w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
@@ -7119,698 +7174,672 @@
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>This demographic shift underscores the critical challenge of fostering societal commitment to an increasing number of older adults, ensuring their active participation and inclusion within the civic sphere.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78000F98" w14:textId="2B3CC1FC" w:rsidR="00A83118" w:rsidRPr="003B2899" w:rsidRDefault="008B5FF6" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The progress in longevity has not only extended the horizon of death and increased the number of centenarians and very old individuals. Certainly, it has transformed the actual lifespan experienced by each person. It is estimated that </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>one in two children born in 2030 could become a centenarian</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. France currently has </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>20,000 centenarians</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, and according to estimates, this number could be </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ten times higher by 2060</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Blanpain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004404A8" w:rsidRPr="003B2899">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Chardon,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2010</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">). However, beyond the more frequent access to old age and its contribution to the aging of the population, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>longer life expectancy profoundly transforms the entire process of growing and aging, as well as the social significance of different life stages</w:t>
       </w:r>
       <w:r w:rsidR="00707640" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and interactions between age groups</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B9CF449" w14:textId="1EE145C5" w:rsidR="008B5FF6" w:rsidRPr="003B2899" w:rsidRDefault="008B5FF6" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Thinking about </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>longevity and its implications</w:t>
       </w:r>
       <w:r w:rsidR="00EF72CC" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>beyond old age itself</w:t>
       </w:r>
       <w:r w:rsidR="00EF72CC" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">requires </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>breaking down rigid age categories</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and moving away from a </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>static conception of age and aging</w:t>
       </w:r>
       <w:r w:rsidR="00EC1EFB" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to a</w:t>
       </w:r>
       <w:r w:rsidR="00EF72CC" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>life-course approach</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. This perspective calls for an examination of the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>new ways in which social time is distributed</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> across the entire lifespan</w:t>
       </w:r>
       <w:r w:rsidR="00EF72CC" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">between </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>education, work, personal time, and care for others</w:t>
       </w:r>
       <w:r w:rsidR="00EF72CC" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">as the extension of life introduces </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a new temporal framework</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. It also </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>challenges current social protection systems</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, questioning how societies manage </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>social risks, security, and long-term welfare</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> over an extended lifespan. In short, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>increased life expectancy among adults generates profound societal and individual transformations (</w:t>
-[...4 lines deleted...]
-          <w:rStyle w:val="Textoennegrita"/>
+        <w:t xml:space="preserve">increased life expectancy among adults generates profound societal and individual transformations (Guillemard &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Guillemard</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>Mascova</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, 2017)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="100050D9" w14:textId="0E75D007" w:rsidR="00A83118" w:rsidRPr="003B2899" w:rsidRDefault="00EC1EFB" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>In this context, d</w:t>
       </w:r>
       <w:r w:rsidR="00A83118" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">emographic transition, characterized by </w:t>
       </w:r>
       <w:r w:rsidR="00A83118" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>longer life expectancy and aging populations</w:t>
       </w:r>
       <w:r w:rsidR="00A83118" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, presents both opportunities and challenges for societies worldwide. The United Nations 2030 Agenda for Sustainable Development promotes the principle of "leaving </w:t>
-[...6 lines deleted...]
-        <w:t>no one behind", by integrating older populations into policy discourses on inclusion and participation (United Nations, 2015).</w:t>
+        <w:t>, presents both opportunities and challenges for societies worldwide. The United Nations 2030 Agenda for Sustainable Development promotes the principle of "leaving no one behind", by integrating older populations into policy discourses on inclusion and participation (United Nations, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E6C6F88" w14:textId="2D66062F" w:rsidR="00ED55CE" w:rsidRPr="003B2899" w:rsidRDefault="00707640" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">As life expectancy increases, ethical dilemmas arise regarding </w:t>
       </w:r>
       <w:r w:rsidR="00EC1EFB" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">age discrimination and opportunities within the labor market but also regarding </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>healthcare access,</w:t>
       </w:r>
       <w:r w:rsidR="00EC1EFB" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> social life</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and end-of-life choices</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00ED55CE" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Inclusion is framed not just as adding years to life, but improving the quality of those years, ensuring no group is left behind. Ensuring equal access to longevity is a key social justice challenge, requiring policies that mitigate disparities in health, economic security, and social participation. </w:t>
       </w:r>
       <w:r w:rsidR="00ED55CE" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Health technologies should enhance quality of life, not just extend lifespan</w:t>
       </w:r>
       <w:r w:rsidR="00ED55CE" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, reinforcing the importance of ethical considerations in medical advancements. A</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ccording to </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UNESCO’s Universal Declaration on Bioethics and Human Rights (2005)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, the e</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lderly individuals must have autonomy in healthcare decisions</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, yet many face medical paternalism. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Longevity must be accompanied by dignity</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, ensuring that extended life expectancy does not translate into prolonged suffering. Therefore, the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2019 UNESCO </w:t>
       </w:r>
       <w:r w:rsidR="00ED55CE" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Report on Health and Social Justice</w:t>
       </w:r>
       <w:r w:rsidR="00ED55CE" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> also highlights that Sustainable citizenship must address these inequalities through </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>inclusive health policies that prioritize well-being over mere survival</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00ED55CE" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="00ED55CE" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ustainable citizenship must extend beyond economic and political rights to include health equity and personal autonomy</w:t>
       </w:r>
       <w:r w:rsidR="00ED55CE" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C3E91AC" w14:textId="3E0806B3" w:rsidR="008F5DF5" w:rsidRDefault="00ED55CE" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Demographic transition is reshaping </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>intergenerational relationships</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, requiring new approaches to </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>cooperation between younger and older generations</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. The increasing </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>social fractures</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> between age groups, exacerbated by unequal resource distribution and policy biases, more and more often appear as a challenge for </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>democraties</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. The recent pension reform in France carried out in 2023 brought to light vivid debates on income levels and the well-being of different age groups</w:t>
@@ -7833,235 +7862,235 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Accoring</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UN</w:t>
       </w:r>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Resolution</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">“Promotion social </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Intregration</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> through </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Social Inclusion</w:t>
       </w:r>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>” (2021)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, governments </w:t>
       </w:r>
       <w:r w:rsidR="00AF0B94" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">will have </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>adress</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> issues of i</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ntergenerational conflicts over pensions, healthcare, and job opportunities</w:t>
       </w:r>
       <w:r w:rsidR="00AF0B94" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the next decade</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. UNESCO’s </w:t>
       </w:r>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">report </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Unlocking the potential of family and </w:t>
       </w:r>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Intergenerational Learning</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>” (20</w:t>
       </w:r>
       <w:r w:rsidR="00191A2A" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF0B94" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">recommends policies that </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>bridge generational divides</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, ensuring that knowledge, experiences, and responsibilities are shared across age groups. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C72DAA7" w14:textId="77777777" w:rsidR="005152FD" w:rsidRDefault="005152FD" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="701542DA" w14:textId="77777777" w:rsidR="005152FD" w:rsidRDefault="005152FD" w:rsidP="00E35C19">
       <w:pPr>
@@ -8083,51 +8112,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07677CD5" w14:textId="14E6D13A" w:rsidR="008F5DF5" w:rsidRPr="00E35C19" w:rsidRDefault="008F5DF5" w:rsidP="00E35C19">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc193356877"/>
       <w:r w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00F45F84" w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>oward</w:t>
       </w:r>
       <w:r w:rsidR="003A63D3" w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F45F84" w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
@@ -8249,136 +8277,136 @@
         </w:rPr>
         <w:t>As global aging accelerates at an unprecedented</w:t>
       </w:r>
       <w:r w:rsidR="00604D11" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pace</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, the ongoing demographic transition has profound implications for this objective and a renewed commitment to inclusive governance and participatory democracy. From the perspective of</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>active and sustainable citizenship</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">it raises critical issues regarding </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>social inclusion, economic participation, intergenerational solidarity, and rights protection</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Drawing on</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>UNESCO’s reports on inclusive societies, lifelong learning, and social justice</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>as well as the</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2020 Global Report on Ageing and UNESCO’s Education 2030 Agenda</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>this argument explores how demographic shifts challenge traditional models of citizenship and necessitate structural adaptations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6182CFE3" w14:textId="30F86748" w:rsidR="00485A40" w:rsidRPr="003B2899" w:rsidRDefault="00485A40" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
@@ -8653,94 +8681,88 @@
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>2022)</w:t>
       </w:r>
       <w:r w:rsidR="0011533A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A1DA319" w14:textId="47CA1828" w:rsidR="0013117E" w:rsidRPr="003B2899" w:rsidRDefault="0013117E" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Implementing sustainable citizenship requires policies and practices that promote </w:t>
       </w:r>
       <w:r w:rsidR="004068FA" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">access to rights and </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">lifelong learning. Their goal is to prevent older people from </w:t>
       </w:r>
       <w:r w:rsidR="004068FA" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">ignorance of rights, but also </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>cognitive gaps</w:t>
       </w:r>
       <w:r w:rsidR="004068FA" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> in social life as well as </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">isolation that often results from implicit or </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">explicit process of exclusion linked to ageing. These policies and initiatives aim at the dismantling of different kind of barriers hindering </w:t>
+        <w:t xml:space="preserve">isolation that often results from implicit or explicit process of exclusion linked to ageing. These policies and initiatives aim at the dismantling of different kind of barriers hindering </w:t>
       </w:r>
       <w:r w:rsidR="004068FA" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>social and civic participation</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> of older individuals in the City considered both as territory of life and as a place for public decision making</w:t>
       </w:r>
       <w:r w:rsidR="004068FA" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> within the public space</w:t>
       </w:r>
       <w:r w:rsidR="00AD293E" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -8968,92 +8990,92 @@
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Thus, the</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lifecourse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> perspective</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>highlights the importance of</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>adaptive policies, lifelong participation, and equitable opportunities</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>for older citizens to remain fully integrated into democratic life.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="614D4618" w14:textId="77777777" w:rsidR="00E35C19" w:rsidRDefault="00E35C19" w:rsidP="00E35C19">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -9086,51 +9108,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6848A0AA" w14:textId="35B987FF" w:rsidR="008F5DF5" w:rsidRPr="00E35C19" w:rsidRDefault="008F5DF5" w:rsidP="00E35C19">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc193356878"/>
       <w:r w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Implementing </w:t>
       </w:r>
       <w:r w:rsidR="00153B78" w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">nclusive </w:t>
       </w:r>
       <w:r w:rsidR="00153B78" w:rsidRPr="00E35C19">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>p</w:t>
@@ -9196,181 +9217,181 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ngagement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="1D946529" w14:textId="7BD94F88" w:rsidR="00453B80" w:rsidRPr="003B2899" w:rsidRDefault="00453B80" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">As populations age, ensuring the full participation of older citizens becomes a fundamental challenge. The way individuals progress through aging depends largely on the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>structure of opportunities, available resources, and incentives</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> for developing and maintaining their capacities at all ages. Addressing the issue of opportunity structures leads us to a stark assessment of the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>place of aging individuals in civic life</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> This approach of participation dynamics at old age underlines the importance of a lifelong civic engagement. To encourage the civic engagement in all age groups there is a specific requirement of </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>global social investment strategies</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on preventive interventions throughout life, rather than being confined to specific ages. This is the only way to equip individuals to face new risks in their increasingly flexible and uncertain life trajectories. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BE2BCF" w14:textId="601C1A41" w:rsidR="00B54FC1" w:rsidRPr="003B2899" w:rsidRDefault="00B54FC1" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">As a result, new imperatives emerge for </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">modernizing </w:t>
       </w:r>
       <w:r w:rsidR="00453B80" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>public policies on aging</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> The main objective is now to help individuals develop </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>their autonomy and capacities throughout life</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> as well as to promote their </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>multi-faceted skills</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> enabling them to take responsibility despite the increasing alternation between periods of activity and inactivity throughout their life course.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DD79099" w14:textId="20CAC2E5" w:rsidR="0081413E" w:rsidRPr="003B2899" w:rsidRDefault="00F52B9D" w:rsidP="00E35C19">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
@@ -9684,100 +9705,100 @@
         </w:rPr>
         <w:t>developed for the campaign by WHO, the Office of the High Commissioner of Human Rights, the United Nations (UN) Department of Economic and Social Affairs and the United Nations Population Fund,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>points out</w:t>
       </w:r>
       <w:r w:rsidR="00B54FC1" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> age</w:t>
       </w:r>
       <w:r w:rsidR="005D3710" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> discrimination</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3710" w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>discrimination</w:t>
       </w:r>
       <w:r w:rsidR="00B54FC1" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00B54FC1" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s a significant obstacle to sustainable citizenship, as it diminishes the role of older citizens in policymaking, employment, and community lif</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00B54FC1" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. Despite international efforts </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">and initiatives </w:t>
       </w:r>
       <w:r w:rsidR="00B54FC1" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">to promote inclusive policies, many societies including France, are still </w:t>
-[...6 lines deleted...]
-        <w:t>struggling with age-based discrimination in employment, leading to economic exclusion</w:t>
+        <w:t>to promote inclusive policies, many societies including France, are still struggling with age-based discrimination in employment, leading to economic exclusion</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mercat-Bruns, 2020)</w:t>
       </w:r>
       <w:r w:rsidR="00B54FC1" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Moreover, the civic participation for older individuals, such as lower voter turnout and exclusion from policymaking, is still a common practice, fueled by the existence of negative stereotypes that marginalize older people in social and cultural sphere</w:t>
       </w:r>
       <w:r w:rsidR="00B54FC1" w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B54FC1" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -10267,165 +10288,174 @@
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Universal Declaration of Human Rights (UDHR)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>adopted by the</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>United Nations General Assembly on December 10, 1948</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (UN, 1948), constitutes a</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>foundational and fundamental pillar</w:t>
+        <w:t xml:space="preserve">foundational and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:rStyle w:val="Fuerte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>fundamental pillar</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>that articulates the</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>inalienable human rights</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> that must be universally upheld and protected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58C0B9DD" w14:textId="216C8425" w:rsidR="006B21B1" w:rsidRPr="003B2899" w:rsidRDefault="00DC78F7" w:rsidP="007B71C0">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="00EF72CC" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">mplement the global human rights framework entailed in the UDHR within specific contexts, various segments of the global population have been granted targeted international conventions designed to safeguard, reaffirm, and codify their rights. These conventions have been instrumental in promoting and protecting the rights of various groups. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -10446,145 +10476,159 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Given th</w:t>
       </w:r>
       <w:r w:rsidR="007A40EB" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e fact th</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a significant proportion of older individuals also experience disabilities</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, the argument is frequently made that the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>CRPD</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> already addresses many of the concerns related to </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>the rights of older persons</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. However, this perspective overlooks crucial gaps, particularly regarding the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">systemic </w:t>
       </w:r>
       <w:r w:rsidR="007A40EB" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">character </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>of ageism</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, which is not adequately covered by existing international frameworks</w:t>
       </w:r>
       <w:r w:rsidR="00714D5A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Scheider-Yilmaz, M., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00714D5A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Viriot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00714D5A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Durandal, J.-P. &amp; </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00714D5A" w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Durandal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00714D5A" w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J.-P. &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00714D5A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fougeyrollas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00714D5A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, P. 2023</w:t>
       </w:r>
       <w:r w:rsidR="00E96E3D" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00714D5A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -10624,213 +10668,212 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="21B09843" w14:textId="5A7E677D" w:rsidR="00EB7723" w:rsidRDefault="006B21B1" w:rsidP="003C3753">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">As of today, there </w:t>
       </w:r>
       <w:r w:rsidR="007A40EB" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">is still </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>no dedicated international convention</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> exclusively </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>enshrining the rights of older persons</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007A40EB" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Moreover, most of international programmatic statements and declarations, such as The Millennium Development Goals (MDGs) largely ignored ageing issues. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Despite ongoing efforts, the </w:t>
       </w:r>
       <w:r w:rsidR="007A40EB" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">concept of an </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>International Convention on the Rights of Older Persons</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> continues to encounter </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>persistent resistance and rejection</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. International conventions have long emphasized the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>imperative for global implementation</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> of human rights principles, a necessity that has become even more pressing in the wake of the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>COVID-19 pandemic</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, which starkly exposed the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>precarious conditions, systemic discrimination, and vulnerabilities faced by older populations worldwide</w:t>
       </w:r>
       <w:r w:rsidR="00426934" w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00426934" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58BD18FF" w14:textId="77777777" w:rsidR="00755EC4" w:rsidRPr="003B2899" w:rsidRDefault="00755EC4" w:rsidP="003C3753">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C16B437" w14:textId="0B7989E6" w:rsidR="002C1205" w:rsidRPr="003C3753" w:rsidRDefault="00EB7723" w:rsidP="003C3753">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C3753">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Significant mobilization has </w:t>
       </w:r>
       <w:r w:rsidR="002C1205" w:rsidRPr="003C3753">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>recorded within the last decades</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A5403E" w14:textId="77777777" w:rsidR="00420D95" w:rsidRPr="003B2899" w:rsidRDefault="00420D95" w:rsidP="003C3753">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Aging emerged on the international stage as a major challenge for public policies and fundamental rights with the adoption of the </w:t>
       </w:r>
@@ -10887,70 +10930,70 @@
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">To further advance this dialogue, an Open-ended Working Group on Ageing (OEWG) was established in 2010 to bring together all relevant stakeholders around the convention project. </w:t>
       </w:r>
       <w:r w:rsidR="0055218B" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The UN Open-ended Working Group on Ageing (OEWG), established in 2010, achieved a historic consensus recognizing critical gaps in the international human rights framework regarding older individuals. The group formally recommended the creation of a new human rights treaty specifically dedicated to protecting the rights of older persons.</w:t>
       </w:r>
       <w:r w:rsidR="0055218B" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Subsequently, on September 27, 2013, the Human Rights Council adopted Resolution 24/20, establishing the mandate of the Independent Expert on the Enjoyment of All Human Rights by Older Persons. Rosita Kornfeld beca</w:t>
+        <w:t xml:space="preserve">Subsequently, on September 27, 2013, the Human Rights Council adopted Resolution 24/20, establishing the mandate of the Independent Expert on the Enjoyment of All Human Rights by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Older Persons. Rosita Kornfeld beca</w:t>
       </w:r>
       <w:r w:rsidR="00665408" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">e the first international expert in the UN history and has </w:t>
-[...6 lines deleted...]
-        <w:t>developed major steps to foster the convention. This mandate was most recently renewed by Resolution 51/4 in 2022.</w:t>
+        <w:t>e the first international expert in the UN history and has developed major steps to foster the convention. This mandate was most recently renewed by Resolution 51/4 in 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3071AC" w14:textId="63BEF0D6" w:rsidR="00EB7723" w:rsidRPr="003B2899" w:rsidRDefault="0055218B" w:rsidP="003C3753">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Before, a</w:t>
       </w:r>
       <w:r w:rsidR="00EB7723" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>nother important step came in October 2021, when the UN Human Rights Council adopted its first substantive resolution focusing on the rights of older persons. This resolution called upon all member states to prohibit age-based discrimination and to implement concrete measures to combat ageism. Additionally, it mandated the UN High Commissioner for Human Rights to produce a report on international legal standards for the protection of older persons, representing a significant move toward the development of a dedicated convention.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1085AAB4" w14:textId="5DF97E36" w:rsidR="00EB7723" w:rsidRPr="003B2899" w:rsidRDefault="00B26693" w:rsidP="003C3753">
@@ -11115,51 +11158,51 @@
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>on the</w:t>
       </w:r>
       <w:r w:rsidR="00665408" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> creation (or non) of a</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> legal instrument to safeguard the rights of older persons. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA38A89" w14:textId="77777777" w:rsidR="003C3753" w:rsidRPr="003B2899" w:rsidRDefault="003C3753" w:rsidP="003C3753">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24848CE3" w14:textId="170B4565" w:rsidR="005345BD" w:rsidRPr="003C3753" w:rsidRDefault="009B07E9" w:rsidP="003C3753">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc193356882"/>
       <w:r w:rsidRPr="003C3753">
         <w:rPr>
           <w:sz w:val="28"/>
@@ -11300,58 +11343,58 @@
         </w:rPr>
         <w:t xml:space="preserve">was </w:t>
       </w:r>
       <w:r w:rsidR="004E7167" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">launched </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>in Latin America and the Caribbean with the San José Charter on the Rights of Older Persons which was adopted in May 2012 during the Third Regional Intergovernmental Conference on Ageing in Latin America and the Caribbean, held in San José, Costa Rica</w:t>
       </w:r>
       <w:r w:rsidR="00590626" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ECLAC, 2012)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. This charter emphasizes the commitment of participating governments to promote and protect the human rights and fundamental freedoms </w:t>
+        <w:t xml:space="preserve">. This charter emphasizes the commitment of </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">of older </w:t>
+        <w:t xml:space="preserve">participating governments to promote and protect the human rights and fundamental freedoms of older </w:t>
       </w:r>
       <w:r w:rsidR="004B1E23" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>persons and</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ban </w:t>
       </w:r>
       <w:r w:rsidR="004E7167" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">any form of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>age based</w:t>
@@ -11725,51 +11768,51 @@
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>agin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the support of the French spe</w:t>
       </w:r>
       <w:r w:rsidR="00A80D53" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">king network </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>REIACTIS</w:t>
       </w:r>
       <w:r w:rsidR="00A80D53" w:rsidRPr="003B2899">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> aimed to shift from a theoretical perspective </w:t>
       </w:r>
       <w:r w:rsidR="0001453E" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to the development of</w:t>
       </w:r>
@@ -13765,65 +13808,51 @@
         </w:rPr>
         <w:t>, octobre 2010.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="581335E9" w14:textId="4B46812E" w:rsidR="00EB7723" w:rsidRPr="003B2899" w:rsidRDefault="00EB7723" w:rsidP="005E1CF2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Buffel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, T., &amp; </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, C. (2019). </w:t>
+        <w:t xml:space="preserve">, T., &amp; Phillipson, C. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageing in urban </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>neighbourhoods</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
@@ -13857,79 +13886,79 @@
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>The Gerontologist, 9</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>, 243-246.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CACAC64" w14:textId="5BE7FFFD" w:rsidR="00C20E67" w:rsidRPr="003B2899" w:rsidRDefault="00C20E67" w:rsidP="005E1CF2">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="1B1B1B"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Cisternas Reyes, M. S., &amp; Kornfeld-Matte, R.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2023). </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Interview of María Soledad Cisternas Reyes and Rosa Kornfeld-Matte.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aequitas, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2), 75–88. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="003B2899">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
@@ -13955,111 +13984,95 @@
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>San José Charter on the Rights of Older Persons in Latin America and the Caribbean.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> https://repositorio.cepal.org/bitstream/handle/11362/21535/1/S2012897_en.pdf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA9C342" w14:textId="77777777" w:rsidR="00EB7723" w:rsidRPr="003B2899" w:rsidRDefault="00EB7723" w:rsidP="005E1CF2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Gannon</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, F., et al. (2023). La réforme Borne 2023 des retraites : une mise en perspective. </w:t>
+        <w:t xml:space="preserve">Gannon, F., et al. (2023). La réforme Borne 2023 des retraites : une mise en perspective. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">L'économie française 2024, La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Découverte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>, 91-99.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3630CD9F" w14:textId="5DD30D61" w:rsidR="00655B0F" w:rsidRPr="003B2899" w:rsidRDefault="00EB7723" w:rsidP="005E1CF2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, N. (2023). Old age and disability: Same or different for the purposes of human rights law? </w:t>
+      <w:r w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Georgantzi, N. (2023). Old age and disability: Same or different for the purposes of human rights law? </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Aequitas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>, 29</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 59–74. </w:t>
       </w:r>
@@ -14177,65 +14190,51 @@
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Habermas, J. (1989). </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>The structural transformation of the public sphere: An inquiry into a category of bourgeois society.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">MIT </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>MIT Press.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18510A69" w14:textId="09998F83" w:rsidR="00EB7723" w:rsidRPr="003B2899" w:rsidRDefault="00EB7723" w:rsidP="005E1CF2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Lagacé, M. (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0011533A" w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Dir</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -15102,65 +15101,65 @@
           <w:t>https://www.ohchr.org/en/instruments-mechanisms/instruments/convention-rights-persons-disabilities</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="04FEE67F" w14:textId="01BC69CF" w:rsidR="008E332A" w:rsidRPr="003B2899" w:rsidRDefault="008E332A" w:rsidP="005E1CF2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Viriot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Durandal, J.-P., </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, T., &amp; Scheider-Yilmaz, M. (Eds.). (2024). </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Durandal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2899">
+        <w:rPr>
+          <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J.-P., Moulaert, T., &amp; Scheider-Yilmaz, M. (Eds.). (2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Ageing in communities and territories</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Retraite et société, 2024/HS1</w:t>
       </w:r>
       <w:r w:rsidRPr="003B2899">
         <w:rPr>
@@ -15461,58 +15460,58 @@
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00621B5D" w:rsidRPr="003B2899" w:rsidSect="008D64A6">
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="687" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12DF1C01" w14:textId="77777777" w:rsidR="00BA5EEC" w:rsidRDefault="00BA5EEC" w:rsidP="005441EB">
+    <w:p w14:paraId="3B4F6F4B" w14:textId="77777777" w:rsidR="000A0682" w:rsidRDefault="000A0682" w:rsidP="005441EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="467EDCE7" w14:textId="77777777" w:rsidR="00BA5EEC" w:rsidRDefault="00BA5EEC" w:rsidP="005441EB">
+    <w:p w14:paraId="0DCADCD2" w14:textId="77777777" w:rsidR="000A0682" w:rsidRDefault="000A0682" w:rsidP="005441EB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15734,92 +15733,74 @@
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="0099355E">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>Núm</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="0099355E">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>. 2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:t xml:space="preserve">7    Enero - </w:t>
-[...17 lines deleted...]
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>7    Enero - Junio 2025</w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="17"/>
   <w:p w14:paraId="36792083" w14:textId="77777777" w:rsidR="001E0E7D" w:rsidRDefault="001E0E7D" w:rsidP="00D5287B">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D405AB4" w14:textId="77777777" w:rsidR="00BA5EEC" w:rsidRDefault="00BA5EEC" w:rsidP="005441EB">
+    <w:p w14:paraId="55122C6B" w14:textId="77777777" w:rsidR="000A0682" w:rsidRDefault="000A0682" w:rsidP="005441EB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="454A7267" w14:textId="77777777" w:rsidR="00BA5EEC" w:rsidRDefault="00BA5EEC" w:rsidP="005441EB">
+    <w:p w14:paraId="48827753" w14:textId="77777777" w:rsidR="000A0682" w:rsidRDefault="000A0682" w:rsidP="005441EB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="0405E57B" w14:textId="555569B3" w:rsidR="00A80D53" w:rsidRPr="00A80D53" w:rsidRDefault="00A80D53">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80D53">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A80D53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Réseau d'Études International sur l'Âge, la Citoyenneté et l'Intégration Socio-économique.</w:t>
@@ -21020,133 +21001,135 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="524758833">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="471170535">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="941452217">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="815688371">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1851143220">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="896356770">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="82"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD0FFF"/>
     <w:rsid w:val="0001453E"/>
     <w:rsid w:val="00020401"/>
     <w:rsid w:val="00032609"/>
     <w:rsid w:val="00043C81"/>
     <w:rsid w:val="0006644D"/>
     <w:rsid w:val="000776F0"/>
     <w:rsid w:val="00096F4C"/>
+    <w:rsid w:val="000A0682"/>
     <w:rsid w:val="000A1A17"/>
     <w:rsid w:val="000A4F26"/>
     <w:rsid w:val="000B6AB6"/>
     <w:rsid w:val="000E3F69"/>
     <w:rsid w:val="000F020A"/>
     <w:rsid w:val="001000EE"/>
     <w:rsid w:val="001056FB"/>
     <w:rsid w:val="0011533A"/>
     <w:rsid w:val="0012212E"/>
     <w:rsid w:val="00123556"/>
     <w:rsid w:val="00125FAA"/>
     <w:rsid w:val="00127AB8"/>
     <w:rsid w:val="0013048E"/>
     <w:rsid w:val="0013117E"/>
     <w:rsid w:val="00132F9E"/>
     <w:rsid w:val="00144626"/>
     <w:rsid w:val="00153B78"/>
     <w:rsid w:val="001753B8"/>
     <w:rsid w:val="00177FC2"/>
     <w:rsid w:val="00191A2A"/>
     <w:rsid w:val="001A322B"/>
     <w:rsid w:val="001B687A"/>
     <w:rsid w:val="001C4565"/>
     <w:rsid w:val="001E0E7D"/>
     <w:rsid w:val="0021059A"/>
     <w:rsid w:val="00262B84"/>
     <w:rsid w:val="00270E35"/>
     <w:rsid w:val="00270EEB"/>
     <w:rsid w:val="002C1205"/>
     <w:rsid w:val="002D2D87"/>
     <w:rsid w:val="002E3EEE"/>
     <w:rsid w:val="003207D5"/>
     <w:rsid w:val="003236F1"/>
     <w:rsid w:val="00336183"/>
     <w:rsid w:val="003522A9"/>
     <w:rsid w:val="00353880"/>
     <w:rsid w:val="003570C5"/>
     <w:rsid w:val="003860FB"/>
     <w:rsid w:val="003A1D25"/>
     <w:rsid w:val="003A4E36"/>
     <w:rsid w:val="003A63D3"/>
     <w:rsid w:val="003B2899"/>
     <w:rsid w:val="003C1E82"/>
     <w:rsid w:val="003C3753"/>
     <w:rsid w:val="003E7847"/>
     <w:rsid w:val="003F65F4"/>
     <w:rsid w:val="0040154B"/>
     <w:rsid w:val="004068FA"/>
     <w:rsid w:val="00420D95"/>
     <w:rsid w:val="00423361"/>
+    <w:rsid w:val="004239C5"/>
     <w:rsid w:val="00426934"/>
     <w:rsid w:val="004404A8"/>
     <w:rsid w:val="00440DD1"/>
     <w:rsid w:val="0044450C"/>
     <w:rsid w:val="004460A6"/>
     <w:rsid w:val="00453B80"/>
     <w:rsid w:val="00461720"/>
     <w:rsid w:val="004676A3"/>
     <w:rsid w:val="00485A40"/>
     <w:rsid w:val="004A727F"/>
     <w:rsid w:val="004B1E23"/>
     <w:rsid w:val="004B67F6"/>
     <w:rsid w:val="004C0F01"/>
     <w:rsid w:val="004C250A"/>
     <w:rsid w:val="004C2807"/>
     <w:rsid w:val="004E0488"/>
     <w:rsid w:val="004E7167"/>
     <w:rsid w:val="005152FD"/>
     <w:rsid w:val="005345BD"/>
     <w:rsid w:val="005347E5"/>
     <w:rsid w:val="0054006C"/>
     <w:rsid w:val="005418C8"/>
     <w:rsid w:val="005441EB"/>
     <w:rsid w:val="0055218B"/>
     <w:rsid w:val="005631CF"/>
@@ -21223,50 +21206,51 @@
     <w:rsid w:val="00937C23"/>
     <w:rsid w:val="00962E3B"/>
     <w:rsid w:val="00965203"/>
     <w:rsid w:val="00966D25"/>
     <w:rsid w:val="00967547"/>
     <w:rsid w:val="00974157"/>
     <w:rsid w:val="00996E86"/>
     <w:rsid w:val="00997FA1"/>
     <w:rsid w:val="009A75D0"/>
     <w:rsid w:val="009B07E9"/>
     <w:rsid w:val="009B0994"/>
     <w:rsid w:val="009C47BC"/>
     <w:rsid w:val="009F3737"/>
     <w:rsid w:val="009F695A"/>
     <w:rsid w:val="00A05AAC"/>
     <w:rsid w:val="00A13005"/>
     <w:rsid w:val="00A35572"/>
     <w:rsid w:val="00A44122"/>
     <w:rsid w:val="00A47300"/>
     <w:rsid w:val="00A51CF2"/>
     <w:rsid w:val="00A52E8F"/>
     <w:rsid w:val="00A56DF0"/>
     <w:rsid w:val="00A764B6"/>
     <w:rsid w:val="00A80D53"/>
     <w:rsid w:val="00A83118"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AC7966"/>
     <w:rsid w:val="00AD0F2E"/>
     <w:rsid w:val="00AD0FFF"/>
     <w:rsid w:val="00AD293E"/>
     <w:rsid w:val="00AF0B94"/>
     <w:rsid w:val="00AF3BBD"/>
     <w:rsid w:val="00B00BCE"/>
     <w:rsid w:val="00B26693"/>
     <w:rsid w:val="00B517AE"/>
     <w:rsid w:val="00B54FC1"/>
     <w:rsid w:val="00B73367"/>
     <w:rsid w:val="00BA5EEC"/>
     <w:rsid w:val="00BB53A8"/>
     <w:rsid w:val="00BB67B8"/>
     <w:rsid w:val="00BF25C4"/>
     <w:rsid w:val="00C026DC"/>
     <w:rsid w:val="00C0300B"/>
     <w:rsid w:val="00C05A62"/>
     <w:rsid w:val="00C10249"/>
     <w:rsid w:val="00C1147A"/>
     <w:rsid w:val="00C12F7E"/>
     <w:rsid w:val="00C20E67"/>
     <w:rsid w:val="00C35AC0"/>
     <w:rsid w:val="00C40668"/>
     <w:rsid w:val="00C47CED"/>
@@ -21872,51 +21856,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006262B4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
@@ -21946,51 +21929,51 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00AD0FFF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00CB7794"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB7794"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00CB7794"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005441EB"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotapie">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotapieCar"/>
@@ -24117,51 +24100,51 @@
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\viriot2\Downloads\Graphique%20Design%20citoyen%20V2.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\viriot2\Downloads\Graphique%20Design%20citoyen%20V2.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\viriot2\Downloads\Graphique%20Design%20citoyen%20V2.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\viriot2\Downloads\Graphique%20Design%20citoyen%20V2.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
@@ -24843,58 +24826,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="fr-FR"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:gradFill flip="none" rotWithShape="1">
       <a:gsLst>
         <a:gs pos="0">
           <a:schemeClr val="lt1"/>
         </a:gs>
         <a:gs pos="39000">
           <a:schemeClr val="lt1"/>
         </a:gs>
         <a:gs pos="100000">
           <a:schemeClr val="lt1">
             <a:lumMod val="75000"/>
           </a:schemeClr>
         </a:gs>
       </a:gsLst>
       <a:path path="circle">
         <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
       </a:path>
       <a:tileRect/>
     </a:gradFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="dk1">
           <a:lumMod val="25000"/>
@@ -24903,51 +24886,51 @@
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="fr-FR"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
   <c:extLst/>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="t" anchorCtr="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -25686,58 +25669,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="fr-FR"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:gradFill flip="none" rotWithShape="1">
       <a:gsLst>
         <a:gs pos="0">
           <a:schemeClr val="lt1"/>
         </a:gs>
         <a:gs pos="39000">
           <a:schemeClr val="lt1"/>
         </a:gs>
         <a:gs pos="100000">
           <a:schemeClr val="lt1">
             <a:lumMod val="75000"/>
           </a:schemeClr>
         </a:gs>
       </a:gsLst>
       <a:path path="circle">
         <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
       </a:path>
       <a:tileRect/>
     </a:gradFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="dk1">
           <a:lumMod val="25000"/>
@@ -25746,51 +25729,51 @@
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="fr-FR"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
   <c:extLst/>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
@@ -26913,51 +26896,51 @@
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="fr-FR"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
   <c:extLst/>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
@@ -27589,58 +27572,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1">
                   <a:lumMod val="75000"/>
                   <a:lumOff val="25000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="fr-FR"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:gradFill flip="none" rotWithShape="1">
       <a:gsLst>
         <a:gs pos="0">
           <a:schemeClr val="lt1"/>
         </a:gs>
         <a:gs pos="39000">
           <a:schemeClr val="lt1"/>
         </a:gs>
         <a:gs pos="100000">
           <a:schemeClr val="lt1">
             <a:lumMod val="75000"/>
           </a:schemeClr>
         </a:gs>
       </a:gsLst>
       <a:path path="circle">
         <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
       </a:path>
       <a:tileRect/>
     </a:gradFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="dk1">
           <a:lumMod val="25000"/>
@@ -30526,84 +30509,84 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73DECACC-4B4D-4FDB-8D18-2BA0AAECC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
-  <Words>9225</Words>
-  <Characters>50742</Characters>
+  <Words>9232</Words>
+  <Characters>50782</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>422</Lines>
+  <Lines>423</Lines>
   <Paragraphs>119</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>universite de lorraine</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>59848</CharactersWithSpaces>
+  <CharactersWithSpaces>59895</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jean-Philippe Viriot Durandal</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>