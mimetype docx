--- v0 (2025-10-14)
+++ v1 (2026-02-27)
@@ -7,65 +7,65 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="064D650D" w14:textId="77777777" w:rsidR="00253AA4" w:rsidRDefault="008776C3" w:rsidP="00F47564">
+    <w:p w14:paraId="77C4D9F0" w14:textId="013F78F3" w:rsidR="006D34EE" w:rsidRPr="006D34EE" w:rsidRDefault="008776C3" w:rsidP="006D34EE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F47564">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006D34EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22236C38" wp14:editId="47D51F11">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-739775</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5396230" cy="801070"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="151118736" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="151118736" name=""/>
@@ -76,66 +76,76 @@
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5396230" cy="801070"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+      <w:r w:rsidR="006D34EE" w:rsidRPr="006D34EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/ricsh.v14i27.356</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0E71EE72" w14:textId="77777777" w:rsidR="00253AA4" w:rsidRPr="00761763" w:rsidRDefault="00253AA4" w:rsidP="00253AA4">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="0E71EE72" w14:textId="356B7DC6" w:rsidR="00253AA4" w:rsidRPr="006D34EE" w:rsidRDefault="00253AA4" w:rsidP="006D34EE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00761763">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="006D34EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="469ECA9E" w14:textId="622A4C8F" w:rsidR="00751571" w:rsidRPr="00253AA4" w:rsidRDefault="005B14FE" w:rsidP="00404F84">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
@@ -545,72 +555,72 @@
       </w:pPr>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37542214" w14:textId="77777777" w:rsidR="00253AA4" w:rsidRPr="00253AA4" w:rsidRDefault="00253AA4" w:rsidP="00790CFB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">La vivienda es un pilar básico del sistema de bienestar, pues es una condición necesaria para el desarrollo de otros derechos fundamentales como la intimidad, la educación, la dignidad humana y la salud. La crisis financiera mundial de 2007 sigue teniendo un grave impacto en los ciudadanos de nuestro país, que ahora se combina con los efectos de las crisis derivadas de la COVID-19 (2020-2021) y la inflación (2022). En efecto, el proceso constante de urbanización, junto con el proceso de vaciamiento del espacio rural y la falta de viviendas sociales y asequibles, ha contribuido a que la vivienda sea inasequible en las principales zonas urbanas de nuestro país para las familias con menor poder adquisitivo. Sin embargo, las políticas públicas de vivienda multinivel han sido erráticas en los últimos años, sin proveer alternativas reales de acceso a la vivienda en propiedad (de la cual están excluidos los jóvenes y las familias con menos ingresos) o en alquiler (que sigue sin ser una alternativa realmente deseada a la propiedad de la vivienda), al tiempo que los intentos por aumentar el parque de vivienda social y asequible (por ejemplo, a través de expropiaciones o sanciones a los propietarios de viviendas vacías) han tenido un éxito limitado. Esto ha provocado una precarización progresiva de la tenencia y un aumento (e, incluso, su promoción por parte de los poderes públicos) de </w:t>
-      </w:r>
+        <w:t xml:space="preserve">La vivienda es un pilar básico del sistema de bienestar, pues es una condición necesaria para el desarrollo de otros derechos fundamentales como la intimidad, la educación, la dignidad humana y la salud. La crisis financiera mundial de 2007 sigue teniendo un grave impacto en los ciudadanos de nuestro país, que ahora se combina con los efectos de las crisis derivadas de la COVID-19 (2020-2021) y la inflación (2022). En efecto, el proceso constante de urbanización, junto con el proceso de vaciamiento del espacio rural y la falta de viviendas sociales y asequibles, ha contribuido a que la vivienda sea inasequible en las principales zonas urbanas de nuestro país para las familias con menor poder adquisitivo. Sin embargo, las políticas públicas de vivienda multinivel han sido erráticas en los últimos años, sin proveer alternativas reales de acceso a la vivienda en propiedad (de la cual están excluidos los jóvenes y las familias con menos ingresos) o en alquiler (que sigue sin ser una alternativa realmente deseada a la propiedad de la vivienda), al tiempo que los intentos por aumentar el parque de vivienda social y asequible (por ejemplo, a través de expropiaciones o sanciones a los propietarios de viviendas vacías) han tenido un éxito limitado. Esto ha provocado una precarización progresiva de la tenencia y un aumento (e, incluso, su promoción por parte de los poderes públicos) de las situaciones de sinhogarismo oculto, como la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t>okupación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00253AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la vivienda compartida, la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253AA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">las situaciones de sinhogarismo oculto, como la </w:t>
-[...13 lines deleted...]
-        <w:t>, la vivienda compartida, la sobreocupación o la infravivienda, sin que la Ley estatal de vivienda 12/2023 haya adoptado ninguna medida estructural para subsanar las lagunas existentes en el desarrollo del derecho a una vivienda digna y adecuada. El presente artículo analiza esta problemática y posibles soluciones estructurales en el problema de la vivienda, como la cohesión territorial o la diversificación de las tenencias de la vivienda.</w:t>
+        <w:t>sobreocupación o la infravivienda, sin que la Ley estatal de vivienda 12/2023 haya adoptado ninguna medida estructural para subsanar las lagunas existentes en el desarrollo del derecho a una vivienda digna y adecuada. El presente artículo analiza esta problemática y posibles soluciones estructurales en el problema de la vivienda, como la cohesión territorial o la diversificación de las tenencias de la vivienda.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37427832" w14:textId="77777777" w:rsidR="00253AA4" w:rsidRDefault="00253AA4" w:rsidP="00790CFB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Palabras clave: </w:t>
       </w:r>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -890,59 +900,51 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Public policies, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Right</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00253AA4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to housing, Welfare state, Housing tenures, Territorial </w:t>
-[...7 lines deleted...]
-        <w:t>cohesion</w:t>
+        <w:t xml:space="preserve"> to housing, Welfare state, Housing tenures, Territorial cohesion</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BAEF29B" w14:textId="77777777" w:rsidR="00C54DD1" w:rsidRDefault="00C54DD1" w:rsidP="00790CFB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="716B63AD" w14:textId="659D0A46" w:rsidR="00897825" w:rsidRPr="00897825" w:rsidRDefault="00897825" w:rsidP="00790CFB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
@@ -1181,1706 +1183,1690 @@
         </w:rPr>
         <w:t>educação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dignidade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> humana e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>humana</w:t>
+        <w:t>saúde</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e </w:t>
+        <w:t xml:space="preserve">. A crise </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>saúde</w:t>
+        <w:t>financeira</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. A crise </w:t>
+        <w:t xml:space="preserve"> global de 2007 continua a ter um </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>financeira</w:t>
+        <w:t>impacto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> global de 2007 continua a </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ter</w:t>
+        <w:t>sério</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> um </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>impacto</w:t>
+        <w:t>sobre</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sério</w:t>
+        <w:t>os</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sobre</w:t>
+        <w:t>cidadãos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>nosso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>país</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agora é </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>agravado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pelos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>efeitos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das crises </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>decorrentes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da COVID-19 (2020-2021) e da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inflação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2022). De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>processo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>urbanização</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>em</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>curso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>somado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ao</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>esgotamento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>áreas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rurais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>crescente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>falta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>moradias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sociais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contribuído</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tornar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>moradia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inacessível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>principais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>áreas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>urbanas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nosso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>país</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>famílias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> com </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>poder</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aquisitivo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. No </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>entanto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>políticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>habitação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pública</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>multinível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>têm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>erráticas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>últimos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>anos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>conseguindo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fornecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alternativas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reais à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aquisição</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>habitação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>própria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (da qual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>cidadãos</w:t>
+        <w:t>jovens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> do </w:t>
+        <w:t xml:space="preserve"> e as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>nosso</w:t>
+        <w:t>famílias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>país</w:t>
+        <w:t>baixos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, que agora é </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>agravado</w:t>
+        <w:t>rendimentos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>pelos</w:t>
+        <w:t>são</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>efeitos</w:t>
+        <w:t>excluídos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> das crises </w:t>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>decorrentes</w:t>
+        <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> da COVID-19 (2020-2021) e da </w:t>
+        <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>inflação</w:t>
+        <w:t>habitação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2022). De </w:t>
+        <w:t xml:space="preserve"> para </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>fato</w:t>
+        <w:t>arrendamento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, o </w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>processo</w:t>
+        <w:t>que</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> continua a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ser </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>uma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alternativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>verdadeiramente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>desejável</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aquisição</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>urbanização</w:t>
+        <w:t>habitação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>em</w:t>
+        <w:t>própria</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>curso</w:t>
+        <w:t>enquanto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tentativas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aumentar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o stock de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>habitação</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>acessível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>exemplo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>somado</w:t>
+        <w:t>através</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ao</w:t>
+        <w:t>expropriações</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>esgotamento</w:t>
+        <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> das </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>áreas</w:t>
+        <w:t>sanções</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> para </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>rurais</w:t>
+        <w:t>os</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e à </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>crescente</w:t>
+        <w:t>proprietários</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> de casas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>falta</w:t>
+        <w:t>vazias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
-[...74 lines deleted...]
-      <w:r w:rsidRPr="00897825">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tiveram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sucesso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>limitado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Isso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>levou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00897825">
-[...655 lines deleted...]
-      <w:r w:rsidRPr="00897825">
+      <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>uma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00897825">
-[...333 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>tiveram</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>precariedade</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>sucesso</w:t>
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> da posse e </w:t>
+        <w:t xml:space="preserve"> progressiva da posse e </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> um </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>aumento</w:t>
       </w:r>
@@ -3204,67 +3190,67 @@
         </w:rPr>
         <w:t>precária</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que a Lei </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Estadual</w:t>
+        <w:t>que</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> a Lei Estadual de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Habitação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12/2023 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00897825" w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tenha</w:t>
       </w:r>
@@ -3810,51 +3796,67 @@
         </w:rPr>
         <w:t>bem-estar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> social, Posse de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>moradia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00897825">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, Coesão territorial</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Coesão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00897825">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> territorial</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582E3886" w14:textId="77777777" w:rsidR="0091056B" w:rsidRDefault="0091056B" w:rsidP="00232B41">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="736CF956" w14:textId="3D959652" w:rsidR="0091056B" w:rsidRPr="001C37FF" w:rsidRDefault="0091056B" w:rsidP="0091056B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C37FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -3888,108 +3890,135 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="001C37FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008C666C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>marzo</w:t>
       </w:r>
       <w:r w:rsidRPr="001C37FF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  2025</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2753D6E3" w14:textId="77777777" w:rsidR="0091056B" w:rsidRPr="0091056B" w:rsidRDefault="0091056B" w:rsidP="00232B41">
+    <w:p w14:paraId="2753D6E3" w14:textId="77777777" w:rsidR="0091056B" w:rsidRDefault="0091056B" w:rsidP="00232B41">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07D51D93" w14:textId="77777777" w:rsidR="006D34EE" w:rsidRDefault="006D34EE" w:rsidP="00232B41">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E658D80" w14:textId="77777777" w:rsidR="006D34EE" w:rsidRDefault="006D34EE" w:rsidP="00232B41">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="612A6385" w14:textId="77777777" w:rsidR="006D34EE" w:rsidRPr="0091056B" w:rsidRDefault="006D34EE" w:rsidP="00232B41">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="211083CB" w14:textId="77777777" w:rsidR="00897825" w:rsidRPr="00897825" w:rsidRDefault="00897825" w:rsidP="00232B41">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CB31FF0" w14:textId="40A9254B" w:rsidR="00F461EE" w:rsidRDefault="00277B45" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5118E7E6" w14:textId="3A026513" w:rsidR="000273C7" w:rsidRDefault="004A6AB6" w:rsidP="008F1BDB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>La vivienda es un pilar básico del sistema de bienestar, pues es una condición necesaria para el desarrollo de otros derechos fundamentales como la intimidad, la educación, la dignidad humana o la salud. Para hacer esto efectivo es necesario desarrollar el artículo 47 de la Constitución Española</w:t>
       </w:r>
       <w:r w:rsidR="002232C2" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CE)</w:t>
       </w:r>
       <w:r w:rsidR="00925302" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, que prevé el derecho a una vivienda digna y adecuada, </w:t>
       </w:r>
       <w:r w:rsidR="006B3E4E" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -4526,51 +4555,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0347404D" w14:textId="769DFD5E" w:rsidR="004D136F" w:rsidRPr="00DA0E52" w:rsidRDefault="00973E3B" w:rsidP="00A01F16">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A06C39F" w14:textId="14BD2048" w:rsidR="00F461EE" w:rsidRPr="00DA0E52" w:rsidRDefault="004A6AB6" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>En el contexto actual seguimos sufriendo las consecuencias de la crisis financiera mundial de 2007, que ahora se combina con los efectos de las crisis derivadas de la COVID</w:t>
       </w:r>
       <w:r w:rsidR="001725E7" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
@@ -4716,65 +4744,51 @@
       <w:r w:rsidR="00920CE5" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>housing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00920CE5" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00920CE5" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>policies</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00920CE5" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> in Spain (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00920CE5" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>DaSiHo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00920CE5" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)”</w:t>
       </w:r>
       <w:r w:rsidR="00B43F00" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="008741AC" w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5030,66 +5044,59 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="761846A8" w14:textId="5F63C9D9" w:rsidR="00675E3A" w:rsidRPr="00F47564" w:rsidRDefault="00B8696D" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:hanging="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA0E52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Figura 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Hogares por régimen de tenencia de la vivienda y edad y sexo de la persona de </w:t>
-[...7 lines deleted...]
-        <w:t>referencia</w:t>
+        <w:t xml:space="preserve"> Hogares por régimen de tenencia de la vivienda y edad y sexo de la persona de referencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="036EA72E" w14:textId="77777777" w:rsidR="00675E3A" w:rsidRPr="00F47564" w:rsidRDefault="00675E3A" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55BBD1A5" wp14:editId="036F63A5">
             <wp:extent cx="4042506" cy="2213811"/>
@@ -5314,81 +5321,81 @@
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="750C874D" w14:textId="2024AAE2" w:rsidR="00077E44" w:rsidRPr="005A5238" w:rsidRDefault="00F9691F" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01F16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Figura 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01F16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> El mapa de los grandes tenedores en España</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75401D17" w14:textId="0510AE0B" w:rsidR="00550094" w:rsidRPr="00F47564" w:rsidRDefault="00F9691F" w:rsidP="005A5238">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22EEF866" wp14:editId="059A246F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>431165</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4347210" cy="2846070"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="686827007" name="Imagen 1" descr="Mapa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="686827007" name="Imagen 1" descr="Mapa&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
@@ -5531,50 +5538,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E8F97CC" w14:textId="40F1AE77" w:rsidR="0040603E" w:rsidRPr="00F47564" w:rsidRDefault="003F5B96" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:kern w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B00920E" wp14:editId="043B42F5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>278765</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>486478</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4814570" cy="2273300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1146551114" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1146551114" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId11">
@@ -5895,51 +5903,59 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>una media de 21.684 personas al día utiliza</w:t>
       </w:r>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> servicios de refugio y una media de 51.379 comidas servidas cada día (2022)</w:t>
       </w:r>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:footnoteReference w:id="14"/>
       </w:r>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Sin embargo, estas cifras difícilmente revelan la verdadera magnitud del problema, ya que el fenómeno de las personas sin hogar incluye no sólo a las personas sin techo y las que viven en albergues para personas sin hogar, sino también otros tipos de alojamiento temporal y quienes viven en viviendas inseguras o inadecuadas, que incluyen el fenómeno de la </w:t>
+        <w:t xml:space="preserve">. Sin embargo, estas cifras difícilmente revelan la verdadera magnitud del problema, ya que el fenómeno de las personas sin hogar incluye no sólo a las personas sin techo y las que viven en albergues para personas sin hogar, sino también otros tipos de alojamiento temporal y quienes viven </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">en viviendas inseguras o inadecuadas, que incluyen el fenómeno de la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>okupación</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> de viviendas. La ausencia de datos fiables es una constante en estas situaciones de sinhogarismo oculto. Con todo, se estima que alrededor de 78.800 viviendas en España están okupadas en 2023</w:t>
       </w:r>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
@@ -6051,51 +6067,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00DD4BDA" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
       </w:r>
       <w:r w:rsidR="00865771" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00335784" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>muestra que</w:t>
       </w:r>
       <w:r w:rsidR="00486F5E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, para el 33% de los encuestados,</w:t>
       </w:r>
       <w:r w:rsidR="001C68AF" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D84A8D" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">hay viviendas okupadas en la zona </w:t>
       </w:r>
       <w:r w:rsidR="00D64813" w:rsidRPr="00F47564">
         <w:rPr>
@@ -6427,51 +6442,58 @@
         </w:rPr>
         <w:footnoteReference w:id="18"/>
       </w:r>
       <w:r w:rsidR="00F8771D" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00CB0EE9" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A6AB6" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>como, ahora veremos, estatal</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">, lo que no nos parece la política más indicada para afrontar </w:t>
+        <w:t xml:space="preserve">, lo que no nos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47564">
+        <w:rPr>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">parece la política más indicada para afrontar </w:t>
       </w:r>
       <w:r w:rsidR="005D634D" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>estas</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> situaci</w:t>
       </w:r>
       <w:r w:rsidR="005D634D" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">ones </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>de sinhogarismo.</w:t>
       </w:r>
@@ -6554,65 +6576,51 @@
         <w:t>...</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E03EDE" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F16D6B" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00DF62DE" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ay</w:t>
       </w:r>
       <w:r w:rsidR="00DF62DE" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">ala Cañón, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Navarro y Rodríguez Cabrero, 2022, p. 340</w:t>
+        <w:t>ala Cañón, Laparra Navarro y Rodríguez Cabrero, 2022, p. 340</w:t>
       </w:r>
       <w:r w:rsidR="00F16D6B" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DF62DE" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>. Por su parte, las mujeres</w:t>
       </w:r>
       <w:r w:rsidR="00E03EDE" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D7BE9" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -6648,84 +6656,55 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidR="00031703" w:rsidRPr="00F47564">
         <w:rPr>
           <w:kern w:val="1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>desarrollan diversas estrategias para evitar</w:t>
       </w:r>
       <w:r w:rsidR="00E03EDE" w:rsidRPr="00F47564">
         <w:rPr>
           <w:kern w:val="1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> quedarse sin hogar </w:t>
       </w:r>
       <w:r w:rsidR="008A52D0" w:rsidRPr="00F47564">
         <w:rPr>
           <w:kern w:val="1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B055F6" w:rsidRPr="00F47564">
         <w:rPr>
           <w:kern w:val="1"/>
         </w:rPr>
-        <w:t>Penya</w:t>
-[...27 lines deleted...]
-        <w:t>-Castillo, 2022).</w:t>
+        <w:t>Penya i Guilarte y Maranillo-Castillo, 2022).</w:t>
       </w:r>
       <w:r w:rsidR="00E03EDE" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:kern w:val="1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:footnoteReference w:id="19"/>
       </w:r>
       <w:r w:rsidR="00E03EDE" w:rsidRPr="00F47564">
         <w:rPr>
           <w:kern w:val="1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00156014" w:rsidRPr="00F47564">
         <w:rPr>
           <w:kern w:val="1"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> En el caso de los jóvenes, la dificultad para acceder a una vivienda asequible</w:t>
       </w:r>
       <w:r w:rsidR="00113926" w:rsidRPr="00F47564">
@@ -6984,51 +6963,58 @@
         </w:rPr>
         <w:footnoteReference w:id="22"/>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">) o la limitación </w:t>
       </w:r>
       <w:r w:rsidR="0080110E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">obligatoria </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>de la actualización de la renta en los contratos</w:t>
       </w:r>
       <w:r w:rsidR="006638CD" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de alquiler (el 2,20% para 2025)</w:t>
+        <w:t xml:space="preserve"> de alquiler (el </w:t>
+      </w:r>
+      <w:r w:rsidR="006638CD" w:rsidRPr="00F47564">
+        <w:rPr>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2,20% para 2025)</w:t>
       </w:r>
       <w:r w:rsidR="00DA3D1F" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:footnoteReference w:id="23"/>
       </w:r>
       <w:r w:rsidR="00126495" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>siendo una expropiación encubierta</w:t>
       </w:r>
       <w:r w:rsidR="0077606B" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
@@ -7132,51 +7118,50 @@
         </w:rPr>
         <w:footnoteReference w:id="26"/>
       </w:r>
       <w:r w:rsidR="0063332E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4809137A" w14:textId="3A16D1C5" w:rsidR="00422217" w:rsidRDefault="004A6AB6" w:rsidP="00A01F16">
       <w:pPr>
         <w:pStyle w:val="paraOJS"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Por otra parte, la Ley estatal de vivienda de 2023</w:t>
       </w:r>
       <w:r w:rsidR="00DE72AF" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="27"/>
       </w:r>
       <w:r w:rsidR="00857F94" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, cuyos preceptos han sido parcialmente anulados</w:t>
       </w:r>
       <w:r w:rsidR="0063332E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -7455,51 +7440,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E16D93" w:rsidRPr="00F47564">
         <w:t>Kholodilin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E16D93" w:rsidRPr="00F47564">
         <w:t>, 2024)</w:t>
       </w:r>
       <w:r w:rsidR="00EE4B61" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Más allá de la bajada de los precios del alquiler, los efectos colaterales son evidentes: menor oferta y mayores dificultades para los colectivos vulnerables. A nivel autonómico en general y en Cataluña en particular, también han proliferado las intromisiones a la propiedad privada por parte de los poderes públicos en forma de sanciones, recargos tributarios y expropiaciones de viviendas vacías</w:t>
+        <w:t xml:space="preserve">Más allá de la bajada de los precios del alquiler, los efectos colaterales son evidentes: menor oferta y mayores dificultades para los colectivos vulnerables. A nivel autonómico en general y en Cataluña en particular, también han proliferado las intromisiones a la propiedad privada por parte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47564">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de los poderes públicos en forma de sanciones, recargos tributarios y expropiaciones de viviendas vacías</w:t>
       </w:r>
       <w:r w:rsidR="00172790" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="32"/>
       </w:r>
       <w:r w:rsidR="00D50FE5" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>aunque no ha quedado demostrada su eficacia sobre la asequibilidad de la vivienda</w:t>
@@ -7609,51 +7603,50 @@
     <w:p w14:paraId="0102F930" w14:textId="0E947FC9" w:rsidR="00422217" w:rsidRPr="00F47564" w:rsidRDefault="007E15BE" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71F7042E" wp14:editId="0A99EE6F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1080135</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>4445</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3685540" cy="2752090"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="691443624" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="691443624" name="Imagen 1" descr="Gráfico, Gráfico de barras&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12" cstate="print">
@@ -7812,50 +7805,51 @@
     </w:p>
     <w:p w14:paraId="1C42DDC6" w14:textId="77777777" w:rsidR="00A01F16" w:rsidRPr="00F47564" w:rsidRDefault="00A01F16" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41A430C3" w14:textId="24B07CFF" w:rsidR="003A7E20" w:rsidRPr="00F47564" w:rsidRDefault="00422217" w:rsidP="005A5238">
       <w:pPr>
         <w:pStyle w:val="paraOJS"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Además, </w:t>
       </w:r>
       <w:r w:rsidR="004A6AB6" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>se ha</w:t>
       </w:r>
       <w:r w:rsidR="0041030E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">n </w:t>
       </w:r>
       <w:r w:rsidR="00C23893" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>adoptado</w:t>
       </w:r>
       <w:r w:rsidR="0041030E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -7881,58 +7875,51 @@
       <w:r w:rsidR="004A6AB6" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>por su supuesto impacto en el mercado privado de alquiler que, a pesar de poder existir en algunas zonas de las ciudades, su impacto sería leve y lejos de justificar una prohibición de nuevas licencias como tenido lugar en Cataluña a raíz del Decreto Ley 3/2023</w:t>
       </w:r>
       <w:r w:rsidR="00044558" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="34"/>
       </w:r>
       <w:r w:rsidR="001C5541" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0080110E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A nivel estatal se han implementado medidas de control de estos alquileres exigiendo un </w:t>
-[...6 lines deleted...]
-        <w:t>código para su publicitación en plataforma en línea</w:t>
+        <w:t xml:space="preserve"> A nivel estatal se han implementado medidas de control de estos alquileres exigiendo un código para su publicitación en plataforma en línea</w:t>
       </w:r>
       <w:r w:rsidR="0080110E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="35"/>
       </w:r>
       <w:r w:rsidR="0080110E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D62302" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4282" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
@@ -8261,51 +8248,55 @@
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF1EDE" w:rsidRPr="00F47564">
         <w:t xml:space="preserve">fomentar la movilización y rehabilitación de la vivienda </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DF1EDE" w:rsidRPr="00F47564">
         <w:t>vacía</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:t xml:space="preserve"> (según </w:t>
       </w:r>
       <w:r w:rsidR="0080110E" w:rsidRPr="00F47564">
         <w:t xml:space="preserve">el </w:t>
       </w:r>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:t>INE</w:t>
       </w:r>
       <w:r w:rsidR="0080110E" w:rsidRPr="00F47564">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
-        <w:t xml:space="preserve"> a partir del consumo eléctrico de viviendas situadas en municipios con más de mil habitantes, </w:t>
+        <w:t xml:space="preserve"> a partir del consumo eléctrico de </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">viviendas situadas en municipios con más de mil habitantes, </w:t>
       </w:r>
       <w:r w:rsidR="0080110E" w:rsidRPr="00F47564">
         <w:t xml:space="preserve">éstas </w:t>
       </w:r>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:t>representaban en Cataluña el 10,7% del total en 2021; con todo, no se sabe el número exacto de viviendas vacías pues quedan fuera de este estudio los municipios de menos de 1000 habitantes, de modo que son necesarios estudios más precisos a nivel local)</w:t>
       </w:r>
       <w:r w:rsidR="001014AA" w:rsidRPr="00F47564">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001014AA" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>potencia</w:t>
       </w:r>
       <w:r w:rsidR="00B80D5E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ndo</w:t>
       </w:r>
       <w:r w:rsidR="001014AA" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
@@ -8818,51 +8809,58 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009F5A6D" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B21473" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE4829" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Estas tenencias </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>buscan facilitar el acceso a la vivienda en propiedad de una forma sostenible en el tiempo, lo que se ha demostrado desde una perspectiva económica</w:t>
+        <w:t xml:space="preserve">buscan facilitar el acceso a la vivienda en propiedad de una forma sostenible en el tiempo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47564">
+        <w:rPr>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>lo que se ha demostrado desde una perspectiva económica</w:t>
       </w:r>
       <w:r w:rsidR="00785402" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00785402" w:rsidRPr="00F47564">
         <w:t>Soler Tarradellas, 2017, 580 y ss.</w:t>
       </w:r>
       <w:r w:rsidR="00785402" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00EE551C" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
@@ -9109,51 +9107,50 @@
       <w:r w:rsidR="005C5279" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:footnoteReference w:id="44"/>
       </w:r>
       <w:r w:rsidR="00B329F5" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBD0631" w14:textId="545AA4E3" w:rsidR="000D597D" w:rsidRPr="00F47564" w:rsidRDefault="007871A7" w:rsidP="00A01F16">
       <w:pPr>
         <w:pStyle w:val="paraOJS"/>
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="004029E6" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>l contexto actual</w:t>
       </w:r>
       <w:r w:rsidR="004F2494" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> está </w:t>
       </w:r>
       <w:r w:rsidR="004029E6" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">fomentando </w:t>
       </w:r>
       <w:r w:rsidR="004F2494" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">una </w:t>
@@ -9311,51 +9308,58 @@
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r w:rsidR="009410E4" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F2494" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">una política pública que, coadyuvada por la Ley estatal de propiedad horizontal de 1960, ayudó a generalizar la vivienda en propiedad </w:t>
       </w:r>
       <w:r w:rsidR="0032760E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
       <w:r w:rsidR="004F2494" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> aquellas familias que hasta entonces nunca lo habían podido ser (aunque se puede discutir la ubicación de las viviendas o la pérdida de su carácter protegido con el tiempo) en una política </w:t>
+        <w:t xml:space="preserve"> aquellas familias que hasta entonces nunca lo habían podido </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2494" w:rsidRPr="00F47564">
+        <w:rPr>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ser (aunque se puede discutir la ubicación de las viviendas o la pérdida de su carácter protegido con el tiempo) en una política </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004F2494" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>distributista</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004F2494" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la propiedad. Se pasó de un 45% de propietarios antes de su promulgación a más de un 80% a finales del siglo XX. Y desde un punto de vista comparado, los países del norte de Europa están comparativamente más sobreendeudados que nosotros, que siguen un modelo universalista a la hora de la provisión de vivienda social (la Administración debe dar soluciones para la vivienda), a diferencia de nuestro modelo, finalista, donde los subsidios, ayudas o la vivienda social tienen un rol más limitado y, por tanto, se confía en el Derecho privado para aportar soluciones estructurales en el acceso a</w:t>
       </w:r>
       <w:r w:rsidR="0032760E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F2494" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
@@ -9378,51 +9382,50 @@
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="48"/>
       </w:r>
       <w:r w:rsidR="00F0478A" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45046AD6" w14:textId="0CBF743C" w:rsidR="000F519D" w:rsidRPr="00F47564" w:rsidRDefault="004F2494" w:rsidP="00A01F16">
       <w:pPr>
         <w:pStyle w:val="paraOJS"/>
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>España es un país con un Estado del bienestar débil</w:t>
       </w:r>
       <w:r w:rsidR="00B25320" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="49"/>
       </w:r>
       <w:r w:rsidR="0030124D" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>donde la propiedad y la riqueza inmobiliaria han jugado un papel esencial para dar seguridad, estabilidad y libertad a las familias y depender menos de los subsidios públicos. De hecho, la vivienda principal supone más del 60% de la riqueza de los hogares que se encuentran en el percentil de riqueza neta inferior al 50%</w:t>
       </w:r>
       <w:r w:rsidR="005E1D83" w:rsidRPr="00F47564">
         <w:rPr>
@@ -9501,79 +9504,79 @@
         </w:rPr>
         <w:footnoteReference w:id="53"/>
       </w:r>
       <w:r w:rsidR="006A6BA9" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006A6BA9" w:rsidRPr="00F47564">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:t>Por tanto, podrían convivir dos modelos: un alquiler a largo plazo (</w:t>
       </w:r>
       <w:r w:rsidR="0032760E" w:rsidRPr="00F47564">
         <w:t xml:space="preserve">destinado a las </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:t>familias), con vías para que el inquilino contribuya al mantenimiento y la rehabilitación de la vivienda, con apoyo en la renta para los propietarios que apuesten por estas fórmulas, y con garantías estipuladas en</w:t>
       </w:r>
       <w:r w:rsidR="0032760E" w:rsidRPr="00F47564">
         <w:t xml:space="preserve"> la</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
-        <w:t xml:space="preserve"> recuperación de la vivienda por parte del propietario que lo pueda necesitar; y otro alquiler más liberalizado, que sí contemple contratos con mayor movilidad y sin penalizaciones para ambas partes, para evitar el temor a inquilinos que se quedan en un piso sin poder pagar el alquiler. Como se puede intuir, la voluntad tanto a nivel estatal</w:t>
+        <w:t xml:space="preserve"> recuperación de la vivienda por parte del propietario que lo pueda necesitar; y otro alquiler más liberalizado, que sí contemple contratos con mayor movilidad y sin penalizaciones para ambas partes, para evitar el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47564">
+        <w:lastRenderedPageBreak/>
+        <w:t>temor a inquilinos que se quedan en un piso sin poder pagar el alquiler. Como se puede intuir, la voluntad tanto a nivel estatal</w:t>
       </w:r>
       <w:r w:rsidR="0045152E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteReference w:id="54"/>
       </w:r>
       <w:r w:rsidR="004F6B03" w:rsidRPr="00F47564">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:t>como a nivel catalán de regular los arrendamientos de temporada y de habitaciones (más intrusivo el catalán) puede provocar un efecto similar al que ya se está viendo con el control de rentas, al tiempo que el Anteproyecto que regula el contrato de alquiler en Cataluña</w:t>
       </w:r>
       <w:r w:rsidR="00BA5852" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteReference w:id="55"/>
       </w:r>
       <w:r w:rsidR="00F92592" w:rsidRPr="00F47564">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
-        <w:t xml:space="preserve">(en fase de audiencia </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">pública) es más intervencionista que la LAU de 1994, de forma que un mayor intervencionismo en las relaciones contractuales (en contra del principio de libertad civil, art. 111-6 </w:t>
+        <w:t xml:space="preserve">(en fase de audiencia pública) es más intervencionista que la LAU de 1994, de forma que un mayor intervencionismo en las relaciones contractuales (en contra del principio de libertad civil, art. 111-6 </w:t>
       </w:r>
       <w:r w:rsidR="0032760E" w:rsidRPr="00F47564">
         <w:t>del Código Civil de Cataluña</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:t>) puede implicar una reducción de la oferta y un mayor incremento en el precio</w:t>
       </w:r>
       <w:r w:rsidR="00AE477B" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteReference w:id="56"/>
       </w:r>
       <w:r w:rsidR="00ED727C" w:rsidRPr="00F47564">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000D4383" w:rsidRPr="00F47564">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:t>De hecho, debería volverse a la regulación de la LAU de 1994, donde el legislador intentaba encontrar un equilibrio entre los intereses de arrendadores y arrendatarios, con las modificaciones que hemos señalado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BE4C5F" w14:textId="77777777" w:rsidR="006A6BA9" w:rsidRPr="00F47564" w:rsidRDefault="006A6BA9" w:rsidP="00F354AE">
       <w:pPr>
@@ -9768,50 +9771,51 @@
     </w:p>
     <w:p w14:paraId="501892C5" w14:textId="13542567" w:rsidR="00014A2A" w:rsidRPr="00F47564" w:rsidRDefault="00CF4FED" w:rsidP="00CA797F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01F16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E4F2652" wp14:editId="0506CB3B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>450215</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>292100</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4479290" cy="2560320"/>
             <wp:effectExtent l="0" t="0" r="3810" b="5080"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Imagen 6" descr="Gráfico&#10;&#10;El contenido generado por IA puede ser incorrecto.">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6241053C-251F-AED5-242A-62A5A3FE2E17}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -9963,58 +9967,51 @@
     <w:p w14:paraId="189F0601" w14:textId="77777777" w:rsidR="00AF4253" w:rsidRPr="00F47564" w:rsidRDefault="00AF4253" w:rsidP="00F354AE">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EDE8875" w14:textId="6F2FD22D" w:rsidR="003A72E3" w:rsidRPr="00F47564" w:rsidRDefault="004F2494" w:rsidP="00A01F16">
       <w:pPr>
         <w:pStyle w:val="paraOJS"/>
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sin embargo, esta situación no es exclusiva de España, pues en Europa hay una </w:t>
-[...6 lines deleted...]
-        <w:t>concentración de la población y de las oportunidades laborales en el eje industrial conocido como “Big Banana”</w:t>
+        <w:t>Sin embargo, esta situación no es exclusiva de España, pues en Europa hay una concentración de la población y de las oportunidades laborales en el eje industrial conocido como “Big Banana”</w:t>
       </w:r>
       <w:r w:rsidR="00D6326F" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="58"/>
       </w:r>
       <w:r w:rsidR="00817BE1" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>y que abarca desde Inglaterra hasta el norte de Italia, pasando por Bélgica, Países Bajos o la cuenca del Rin alemana.</w:t>
       </w:r>
     </w:p>
@@ -10149,51 +10146,58 @@
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>su error</w:t>
       </w:r>
       <w:r w:rsidR="00AE275D" w:rsidRPr="00F47564">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="60"/>
       </w:r>
       <w:r w:rsidR="00AE275D" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">En general, la generación de oportunidades se limita a las grandes urbes y, por este motivo, </w:t>
+        <w:t xml:space="preserve">En general, la generación de oportunidades </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47564">
+        <w:rPr>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">se limita a las grandes urbes y, por este motivo, </w:t>
       </w:r>
       <w:r w:rsidR="0032760E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>los jóvenes</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> se ve</w:t>
       </w:r>
       <w:r w:rsidR="0032760E" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -10354,58 +10358,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="00C50524" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> los siguientes interrogantes: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>¿debemos apostar por ser una sociedad de ricos propietarios</w:t>
       </w:r>
       <w:r w:rsidR="00650E86" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pobres inquilinos u okupas y/o personas viviendo en asentamientos informales? ¿Debemos resignarnos a que los más vulnerables y precarios tengan que </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">renunciar a ahorrar recursos para financiar gastos potenciales en el futuro y esenciales como la salud, la educación o el ocio? ¿Debemos aceptar un incremento potencial del sinhogarismo oculto y su normalización </w:t>
+        <w:t xml:space="preserve"> pobres inquilinos u okupas y/o personas viviendo en asentamientos informales? ¿Debemos resignarnos a que los más vulnerables y precarios tengan que renunciar a ahorrar recursos para financiar gastos potenciales en el futuro y esenciales como la salud, la educación o el ocio? ¿Debemos aceptar un incremento potencial del sinhogarismo oculto y su normalización </w:t>
       </w:r>
       <w:r w:rsidR="00402DB7" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>legal</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">? ¿Debemos renunciar a ser propietarios de una vivienda para pasar a ser menos libres y más dependientes del sector público o privado? Si nos dicen que la vivienda ya no es un bien para invertir, o que "no serás propietario y serás feliz" </w:t>
       </w:r>
       <w:r w:rsidR="00360DB0" w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00F47564">
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Foro de Davos</w:t>
       </w:r>
@@ -10704,50 +10701,51 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01F16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7242959A" w14:textId="77777777" w:rsidR="006C7243" w:rsidRPr="00F47564" w:rsidRDefault="006C7243" w:rsidP="006C7243">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F722110" w14:textId="77777777" w:rsidR="006C7243" w:rsidRPr="00F47564" w:rsidRDefault="006C7243" w:rsidP="00A01F16">
       <w:pPr>
         <w:pStyle w:val="paraOJS"/>
         <w:rPr>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
@@ -10814,65 +10812,51 @@
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4E2FDC" w14:textId="15A23887" w:rsidR="00021060" w:rsidRPr="000C3891" w:rsidRDefault="00021060" w:rsidP="001213E5">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ayala</w:t>
       </w:r>
       <w:r w:rsidR="00AE60A7" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cañón, L., </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Navarro, M.</w:t>
+        <w:t xml:space="preserve"> Cañón, L., Laparra Navarro, M.</w:t>
       </w:r>
       <w:r w:rsidR="00DF62DE" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B65861" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="00DF62DE" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rodríguez Cabrero, G. </w:t>
       </w:r>
       <w:r w:rsidR="00A037B3" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
@@ -10886,51 +10870,50 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A037B3" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.) (2022)</w:t>
       </w:r>
       <w:r w:rsidR="002E7A29" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AE60A7" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F12A6E" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Evolución de la cohesión social</w:t>
       </w:r>
       <w:r w:rsidR="0096192F" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> y consecuencias de la Covid-19 en España</w:t>
       </w:r>
       <w:r w:rsidR="00DF6FB5" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0096192F" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fundación </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0096192F" w:rsidRPr="000C3891">
         <w:rPr>
@@ -11325,65 +11308,56 @@
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://elobservatoriosocial.fundacionlacaixa.org/ca/-/sistema-d-habitatge-i-estat-del-benestar.-el-cas-espanyol-en-el-marc-europeu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F03C20" w14:textId="07E789D4" w:rsidR="00A945E6" w:rsidRPr="000C3891" w:rsidRDefault="00A945E6" w:rsidP="001213E5">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Caballé</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, G., </w:t>
+        <w:t xml:space="preserve">Caballé, G., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Garcia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">, R. M., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Lambea</w:t>
       </w:r>
@@ -11651,166 +11625,156 @@
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.12795/araucaria.2021.i47.20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B26004" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6350D0D5" w14:textId="41A92999" w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidRDefault="00A07A94" w:rsidP="001213E5">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Carozzi</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, F., Hilber, C. </w:t>
+        <w:t xml:space="preserve">Carozzi, F., Hilber, C. </w:t>
       </w:r>
       <w:r w:rsidR="00B65861" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Y</w:t>
       </w:r>
       <w:r w:rsidR="00B26004" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, X. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The economic impacts of help to buy</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007C3038" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Inrev</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26004" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="000C3891">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.inrev.org/system/files/2019-10/NTRP-The-Economic-Impacts-of-Help-to-Buy-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="768E1500" w14:textId="4EDF125B" w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidRDefault="00A07A94" w:rsidP="001213E5">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fernández Maíllo, G. (coord.) (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>VIII Informe sobre exclusión y desarrollo social en España 2019</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Fundación </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Foessa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B26004" w:rsidRPr="000C3891">
@@ -12406,85 +12370,69 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>63</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00684519" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>https://www.sciencedirect.com/science/article/pii/S1051137724000020?via%3Dihub.</w:t>
+        <w:t xml:space="preserve"> https://www.sciencedirect.com/science/article/pii/S1051137724000020?via%3Dihub.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E0CAD0" w14:textId="097269C9" w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidRDefault="00A07A94" w:rsidP="001213E5">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Lajer</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lajer </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Baron</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, A., López Rodríguez D. </w:t>
       </w:r>
       <w:r w:rsidR="00B65861" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">&amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -12539,65 +12487,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="556D83A0" w14:textId="77777777" w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidRDefault="00A07A94" w:rsidP="001213E5">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Lambea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, N. (2022). </w:t>
+        <w:t xml:space="preserve"> Llop, N. (2022). </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>La gestión de la vivienda social en clave europea</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. Tirant Lo Blanch.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BB0B3B6" w14:textId="77777777" w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidRDefault="00A07A94" w:rsidP="001213E5">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12782,128 +12716,98 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Garcia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, M. </w:t>
       </w:r>
       <w:r w:rsidR="00B65861" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, K. (2014). ¿Puede ser el alquiler una alternativa real al dominio como forma de acceso a la vivienda? Una comparativa legal Portugal-España-Malta. </w:t>
+        <w:t xml:space="preserve"> Xerri, K. (2014). ¿Puede ser el alquiler una alternativa real al dominio como forma de acceso a la vivienda? Una comparativa legal Portugal-España-Malta. </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Teoría y Derecho: Revista de Pensamiento Jurídico</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F0DAA7E" w14:textId="245F6158" w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidRDefault="00A07A94" w:rsidP="001213E5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Novy, A., </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, V. </w:t>
+        <w:t xml:space="preserve">Novy, A., Redak, V. </w:t>
       </w:r>
       <w:r w:rsidR="00474AF2" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Hamedinger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000C3891">
@@ -12970,51 +12874,60 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4A9713" w14:textId="32B65495" w:rsidR="00425E2D" w:rsidRPr="000C3891" w:rsidRDefault="00425E2D" w:rsidP="001213E5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Observatorio de Vivienda y Suelo (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Boletín especial de Vivienda Social 2020</w:t>
+        <w:t xml:space="preserve">Boletín especial de Vivienda Social </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C3891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="404040"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Ministerio de Transportes, Movilidad y Agenda Urbana</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D24D99E" w14:textId="26872589" w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidRDefault="00A07A94" w:rsidP="001213E5">
       <w:pPr>
@@ -13098,89 +13011,67 @@
         <w:r w:rsidR="00080A95" w:rsidRPr="000C3891">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://doi.org/10.5209/aguc.64681</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00080A95" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="792F9EDB" w14:textId="3407EFC5" w:rsidR="003E3582" w:rsidRPr="000C3891" w:rsidRDefault="003E3582" w:rsidP="001213E5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Penya</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Penya i Guilarte, M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00474AF2" w:rsidRPr="000C3891">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> i Guilarte, M. </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">-Castillo, L. (2022). Invisibles, vulnerables, pero resilientes: Mujeres migrantes en situación de sinhogarismo y estrategias de supervivencia femeninas. </w:t>
+        <w:t xml:space="preserve"> Maranillo-Castillo, L. (2022). Invisibles, vulnerables, pero resilientes: Mujeres migrantes en situación de sinhogarismo y estrategias de supervivencia femeninas. </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Feminismo/s</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
@@ -13293,58 +13184,51 @@
           </w:rPr>
           <w:t>https://doi.org/10.18042/cepc/dpc.42.04</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00084AE7" w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7984906C" w14:textId="06D07921" w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidRDefault="00A07A94" w:rsidP="001213E5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Simón Moreno, H. (2020). Las cooperativas de viviendas en régimen de cesión de </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">uso: ¿una alternativa real a la vivienda en propiedad y en alquiler en España? </w:t>
+        <w:t xml:space="preserve">Simón Moreno, H. (2020). Las cooperativas de viviendas en régimen de cesión de uso: ¿una alternativa real a la vivienda en propiedad y en alquiler en España? </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>REVESCO: revista de estudios cooperativos</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>134</w:t>
       </w:r>
       <w:r w:rsidR="00A176F8" w:rsidRPr="000C3891">
         <w:rPr>
@@ -13727,65 +13611,65 @@
           <w:t>https://www.ohb.cat/wp-content/uploads/2024/03/Presentacio-Carme-Trilla.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C3891">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A07A94" w:rsidRPr="000C3891" w:rsidSect="00404F84">
       <w:footerReference w:type="even" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09E7C388" w14:textId="77777777" w:rsidR="003874F8" w:rsidRDefault="003874F8" w:rsidP="00F461EE">
+    <w:p w14:paraId="1205A740" w14:textId="77777777" w:rsidR="00E565D1" w:rsidRDefault="00E565D1" w:rsidP="00F461EE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C25E547" w14:textId="77777777" w:rsidR="003874F8" w:rsidRDefault="003874F8" w:rsidP="00F461EE">
+    <w:p w14:paraId="2C353B0A" w14:textId="77777777" w:rsidR="00E565D1" w:rsidRDefault="00E565D1" w:rsidP="00F461EE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C35E3BB" w14:textId="77777777" w:rsidR="003874F8" w:rsidRDefault="003874F8"/>
+    <w:p w14:paraId="13DACA30" w14:textId="77777777" w:rsidR="00E565D1" w:rsidRDefault="00E565D1"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
@@ -13996,65 +13880,65 @@
       </w:rPr>
       <w:t>Junio</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="0"/>
   <w:p w14:paraId="61BE8D4D" w14:textId="77777777" w:rsidR="00404F84" w:rsidRDefault="00404F84">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="106CA456" w14:textId="77777777" w:rsidR="003874F8" w:rsidRDefault="003874F8" w:rsidP="00F461EE">
+    <w:p w14:paraId="5EDE8DD2" w14:textId="77777777" w:rsidR="00E565D1" w:rsidRDefault="00E565D1" w:rsidP="00F461EE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="393202D3" w14:textId="77777777" w:rsidR="003874F8" w:rsidRDefault="003874F8" w:rsidP="00F461EE">
+    <w:p w14:paraId="0C5580DA" w14:textId="77777777" w:rsidR="00E565D1" w:rsidRDefault="00E565D1" w:rsidP="00F461EE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="62094928" w14:textId="77777777" w:rsidR="003874F8" w:rsidRDefault="003874F8"/>
+    <w:p w14:paraId="08001E16" w14:textId="77777777" w:rsidR="00E565D1" w:rsidRDefault="00E565D1"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="080EE76A" w14:textId="60605AC0" w:rsidR="00925302" w:rsidRPr="005A5238" w:rsidRDefault="00925302" w:rsidP="00414A69">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> La competencia en vivienda ha sido asumida por las Comunidades Autónomas en base al </w:t>
@@ -14870,58 +14754,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="00D27F3C" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Elaborado sobre la base de los datos del Catastro. Ver</w:t>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Raúl Sánchez / </w:t>
-[...6 lines deleted...]
-        <w:t>Victòria Oliveres / Yuly Jara / David Noriega, España tiene más de un millón de viviendas en manos de grandes propietarios, El Diario.es (</w:t>
+        <w:t xml:space="preserve"> Raúl Sánchez / Victòria Oliveres / Yuly Jara / David Noriega, España tiene más de un millón de viviendas en manos de grandes propietarios, El Diario.es (</w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="005A5238">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.eldiario.es/economia/mapa-grandes-tenedores-10-viviendas-municipio-municipio_1_11844214.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, consultado 10-3-2025).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
     <w:p w14:paraId="6295CBC8" w14:textId="418D6D27" w:rsidR="00BA1CAC" w:rsidRPr="005A5238" w:rsidRDefault="00BA1CAC" w:rsidP="00414A69">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
@@ -15068,58 +14945,51 @@
   </w:footnote>
   <w:footnote w:id="15">
     <w:p w14:paraId="5BB8CF8D" w14:textId="69CD4266" w:rsidR="00B80D5E" w:rsidRPr="005A5238" w:rsidRDefault="00B80D5E" w:rsidP="00414A69">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Institut Cerdà, 2023. Disponible </w:t>
+        <w:t xml:space="preserve"> Institut Cerdà, 2023. Disponible </w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="005A5238">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.icerda.org/es/la-ocupacion-ilegal-de-viviendas-se-cifra-en-78-800-en-espana/</w:t>
         </w:r>
@@ -15141,58 +15011,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00335784" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">El proyecto ha sido concedido en el marco del Proyecto Europeo </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">FutuResilience. </w:t>
+        <w:t xml:space="preserve">El proyecto ha sido concedido en el marco del Proyecto Europeo FutuResilience. </w:t>
       </w:r>
       <w:r w:rsidR="00335784" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>European Union’s Horizon Europe research and innovation programme under gran agreement No 10109445 (</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00335784" w:rsidRPr="005A5238">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://futuresilience.eu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00335784" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
@@ -15203,58 +15066,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">El proyecto busca examinar y comprender el fenómeno del “Liquid Housing” en la ciudad de Tarragona, que se caracteriza por la idea de que casi cualquier </w:t>
       </w:r>
       <w:r w:rsidR="003E1A42" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>tenencia de la vivienda</w:t>
       </w:r>
       <w:r w:rsidR="00D71396" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> puede considerarse hoy en día como una vivienda adecuada. El concepto incluye las situaciones de okupación, el subarrendamiento ilegal, el alquiler compartido forzoso y las viviendas sobreocupadas o deficientes. </w:t>
       </w:r>
       <w:r w:rsidR="00335784" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para poder analizar el fenómeno se han llevado a cabo dos </w:t>
-[...6 lines deleted...]
-        <w:t>aproximaciones,</w:t>
+        <w:t>Para poder analizar el fenómeno se han llevado a cabo dos aproximaciones,</w:t>
       </w:r>
       <w:r w:rsidR="00950923" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00335784" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> una a las comunidades de propietarios y otra a la ciudadanía en general.</w:t>
       </w:r>
       <w:r w:rsidR="00335784" w:rsidRPr="005A5238">
         <w:rPr>
           <w:rFonts w:eastAsia="Raleway"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
@@ -15384,58 +15240,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ley </w:t>
       </w:r>
       <w:r w:rsidR="00232B41" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">catalana </w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">1/2022, de 3 de marzo, de modificación de la Ley 18/2007, la Ley 24/2015 y la Ley 4/2016 para afrontar la emergencia en el ámbito de la vivienda (DOGC núm. 8620, 7.3.2022). La obligación de ofrecer un alquiler social se preveía incluso en las situaciones de </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">okupación (artículo 12, que modificaba la Ley 24/2015), declarado inconstitucional </w:t>
+        <w:t xml:space="preserve">1/2022, de 3 de marzo, de modificación de la Ley 18/2007, la Ley 24/2015 y la Ley 4/2016 para afrontar la emergencia en el ámbito de la vivienda (DOGC núm. 8620, 7.3.2022). La obligación de ofrecer un alquiler social se preveía incluso en las situaciones de okupación (artículo 12, que modificaba la Ley 24/2015), declarado inconstitucional </w:t>
       </w:r>
       <w:r w:rsidR="0076648B" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(https://www.tribunalconstitucional.es/NotasDePrensaDocumentos/NP_2024_098/NOTA%20INFORMATIVA%20Nº%2098-2024.pdf</w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, consultado 10-1-2025).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
     <w:p w14:paraId="378481E6" w14:textId="7B3B1E57" w:rsidR="00E03EDE" w:rsidRPr="005A5238" w:rsidRDefault="00E03EDE" w:rsidP="00414A69">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -15818,58 +15667,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006638CD" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sobre los efectos no deseados del programa </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Help-to-Buy en Inglaterra, ver </w:t>
+        <w:t xml:space="preserve">Sobre los efectos no deseados del programa Help-to-Buy en Inglaterra, ver </w:t>
       </w:r>
       <w:r w:rsidR="002232C2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Carozzi</w:t>
       </w:r>
       <w:r w:rsidR="0005268C" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002232C2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hilber </w:t>
       </w:r>
       <w:r w:rsidR="0005268C" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -16180,116 +16022,102 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">El informe de </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Ivalua sobre el impuesto de las viviendas vacías (2023) ponía de manifiesto que “En términos del mercado inmobiliario, no se observan cambios en el porcentaje de viviendas vacías ni en el precio del alquiler como consecuencia de 'impuesto”, disponible en </w:t>
+        <w:t xml:space="preserve">El informe de Ivalua sobre el impuesto de las viviendas vacías (2023) ponía de manifiesto que “En términos del mercado inmobiliario, no se observan cambios en el porcentaje de viviendas vacías ni en el precio del alquiler como consecuencia de 'impuesto”, disponible en </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://ivalua.cat/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="34">
     <w:p w14:paraId="4DC2A68F" w14:textId="399091B9" w:rsidR="00044558" w:rsidRPr="005A5238" w:rsidRDefault="00044558" w:rsidP="00414A69">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Decreto Ley 3/2023, de 7 de noviembre, de medidas urgentes sobre el régimen urbanístico de las viviendas de uso turístico (DOGC núm. 9036, 8.11.2023). La memoria justificativa que acompaña a esta norma sólo pone un ejemplo de impacto de las viviendas de uso turístico en el mercado de alquiler en Barcelona, pero es la base para sujetar a 262 municipios a un régimen de licencia urbanística previa. Más allá va </w:t>
-[...6 lines deleted...]
-        <w:t>Sandulli</w:t>
+        <w:t>Decreto Ley 3/2023, de 7 de noviembre, de medidas urgentes sobre el régimen urbanístico de las viviendas de uso turístico (DOGC núm. 9036, 8.11.2023). La memoria justificativa que acompaña a esta norma sólo pone un ejemplo de impacto de las viviendas de uso turístico en el mercado de alquiler en Barcelona, pero es la base para sujetar a 262 municipios a un régimen de licencia urbanística previa. Más allá va Sandulli</w:t>
       </w:r>
       <w:r w:rsidR="0029513E" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023, al afirmar que “En síntesis, la relación entre el crecimiento de las VUT y el proceso de gentrificación que expulsa a los residentes de los centros urbanos españoles carece de respaldo en datos y literatura científica”, 6. Disponible en: </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://www.democrata.es/wp-content/uploads/2024/04/Informe-Francesco-Sandulli-I-El-impacto-de-las-VUT-en-Espana.pdf</w:t>
         </w:r>
       </w:hyperlink>
@@ -16909,59 +16737,51 @@
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The local government of Vienna uses the offices and offers of its own funds to provide subsidized housing. It is mainly focused on allocating central</w:t>
       </w:r>
       <w:r w:rsidR="00066D63" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>government funding, thus transforming housing policies into a “</w:t>
-[...7 lines deleted...]
-        <w:t>Zweisungsmaschine”, trading housing for provision for political support”</w:t>
+        <w:t>government funding, thus transforming housing policies into a “Zweisungsmaschine”, trading housing for provision for political support”</w:t>
       </w:r>
       <w:r w:rsidR="00066D63" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ver</w:t>
       </w:r>
       <w:r w:rsidR="004D7702" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Novy, Redak</w:t>
       </w:r>
@@ -16991,58 +16811,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C647E2" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">El Plan territorial sectorial de vivienda de Cataluña 2024 quiere incrementar el parque de viviendas de alquiler social hasta el 9% del parque de viviendas principales de Cataluña, por </w:t>
-[...6 lines deleted...]
-        <w:t>tanto sin tener en cuenta el acceso a un vivienda en propiedad.</w:t>
+        <w:t>El Plan territorial sectorial de vivienda de Cataluña 2024 quiere incrementar el parque de viviendas de alquiler social hasta el 9% del parque de viviendas principales de Cataluña, por tanto sin tener en cuenta el acceso a un vivienda en propiedad.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="47">
     <w:p w14:paraId="7E6A9CAD" w14:textId="14FB7CB0" w:rsidR="006E1FAF" w:rsidRPr="005A5238" w:rsidRDefault="006E1FAF" w:rsidP="00414A69">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -17587,58 +17400,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB074E" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nasarre-Aznar</w:t>
       </w:r>
       <w:r w:rsidR="00BE2B38" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DB074E" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Olinda </w:t>
-[...6 lines deleted...]
-        <w:t>Garcia</w:t>
+        <w:t>Olinda Garcia</w:t>
       </w:r>
       <w:r w:rsidR="00342B23" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidR="00DB074E" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Xerri</w:t>
       </w:r>
       <w:r w:rsidR="00BE2B38" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E1705D" w:rsidRPr="005A5238">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -21167,50 +20973,51 @@
     <w:rsid w:val="00665367"/>
     <w:rsid w:val="00671AE7"/>
     <w:rsid w:val="00675E3A"/>
     <w:rsid w:val="00680D5B"/>
     <w:rsid w:val="00684519"/>
     <w:rsid w:val="006849B3"/>
     <w:rsid w:val="006929EF"/>
     <w:rsid w:val="00695E50"/>
     <w:rsid w:val="006A0C85"/>
     <w:rsid w:val="006A1B3B"/>
     <w:rsid w:val="006A5063"/>
     <w:rsid w:val="006A6BA9"/>
     <w:rsid w:val="006B1B97"/>
     <w:rsid w:val="006B2A53"/>
     <w:rsid w:val="006B3E4E"/>
     <w:rsid w:val="006B7226"/>
     <w:rsid w:val="006C024B"/>
     <w:rsid w:val="006C06EB"/>
     <w:rsid w:val="006C0A7F"/>
     <w:rsid w:val="006C2701"/>
     <w:rsid w:val="006C4625"/>
     <w:rsid w:val="006C5296"/>
     <w:rsid w:val="006C7243"/>
     <w:rsid w:val="006D1C24"/>
     <w:rsid w:val="006D2FE0"/>
+    <w:rsid w:val="006D34EE"/>
     <w:rsid w:val="006E08F8"/>
     <w:rsid w:val="006E1FAF"/>
     <w:rsid w:val="006E4827"/>
     <w:rsid w:val="006E7D4D"/>
     <w:rsid w:val="006F2A4B"/>
     <w:rsid w:val="006F526B"/>
     <w:rsid w:val="006F7674"/>
     <w:rsid w:val="007016CE"/>
     <w:rsid w:val="00704F50"/>
     <w:rsid w:val="00705296"/>
     <w:rsid w:val="00705468"/>
     <w:rsid w:val="0070601B"/>
     <w:rsid w:val="00706140"/>
     <w:rsid w:val="00711E7C"/>
     <w:rsid w:val="00712E53"/>
     <w:rsid w:val="00714792"/>
     <w:rsid w:val="007157EC"/>
     <w:rsid w:val="007206D3"/>
     <w:rsid w:val="00725AA6"/>
     <w:rsid w:val="007271E1"/>
     <w:rsid w:val="00732B82"/>
     <w:rsid w:val="00734041"/>
     <w:rsid w:val="007348E5"/>
     <w:rsid w:val="00736527"/>
     <w:rsid w:val="00745014"/>
@@ -21346,50 +21153,51 @@
     <w:rsid w:val="009A087B"/>
     <w:rsid w:val="009A2D36"/>
     <w:rsid w:val="009B0AB5"/>
     <w:rsid w:val="009B28B9"/>
     <w:rsid w:val="009B28C6"/>
     <w:rsid w:val="009C1DA1"/>
     <w:rsid w:val="009C1F8A"/>
     <w:rsid w:val="009C4687"/>
     <w:rsid w:val="009D11A1"/>
     <w:rsid w:val="009D22A4"/>
     <w:rsid w:val="009D726B"/>
     <w:rsid w:val="009E371A"/>
     <w:rsid w:val="009F14C8"/>
     <w:rsid w:val="009F21DF"/>
     <w:rsid w:val="009F2482"/>
     <w:rsid w:val="009F5A6D"/>
     <w:rsid w:val="00A01F16"/>
     <w:rsid w:val="00A037B3"/>
     <w:rsid w:val="00A07A94"/>
     <w:rsid w:val="00A158A6"/>
     <w:rsid w:val="00A16F0B"/>
     <w:rsid w:val="00A172B5"/>
     <w:rsid w:val="00A176F8"/>
     <w:rsid w:val="00A20667"/>
     <w:rsid w:val="00A31F38"/>
+    <w:rsid w:val="00A363C0"/>
     <w:rsid w:val="00A41091"/>
     <w:rsid w:val="00A47B14"/>
     <w:rsid w:val="00A5028A"/>
     <w:rsid w:val="00A5361B"/>
     <w:rsid w:val="00A550F1"/>
     <w:rsid w:val="00A6171E"/>
     <w:rsid w:val="00A774E9"/>
     <w:rsid w:val="00A906A0"/>
     <w:rsid w:val="00A91587"/>
     <w:rsid w:val="00A929E4"/>
     <w:rsid w:val="00A93CE5"/>
     <w:rsid w:val="00A945E6"/>
     <w:rsid w:val="00A97027"/>
     <w:rsid w:val="00A978FE"/>
     <w:rsid w:val="00AA2F41"/>
     <w:rsid w:val="00AA6C6F"/>
     <w:rsid w:val="00AA7319"/>
     <w:rsid w:val="00AB0CF4"/>
     <w:rsid w:val="00AB2023"/>
     <w:rsid w:val="00AB2266"/>
     <w:rsid w:val="00AC27EE"/>
     <w:rsid w:val="00AC4529"/>
     <w:rsid w:val="00AC47FD"/>
     <w:rsid w:val="00AC68ED"/>
     <w:rsid w:val="00AD2703"/>
@@ -21558,50 +21366,51 @@
     <w:rsid w:val="00DF1EDE"/>
     <w:rsid w:val="00DF62DE"/>
     <w:rsid w:val="00DF6FB5"/>
     <w:rsid w:val="00E0049C"/>
     <w:rsid w:val="00E017D7"/>
     <w:rsid w:val="00E01F12"/>
     <w:rsid w:val="00E0231F"/>
     <w:rsid w:val="00E03EDE"/>
     <w:rsid w:val="00E04A8E"/>
     <w:rsid w:val="00E12CF1"/>
     <w:rsid w:val="00E1383A"/>
     <w:rsid w:val="00E16D93"/>
     <w:rsid w:val="00E1705D"/>
     <w:rsid w:val="00E2064D"/>
     <w:rsid w:val="00E24222"/>
     <w:rsid w:val="00E24C2F"/>
     <w:rsid w:val="00E2759D"/>
     <w:rsid w:val="00E27819"/>
     <w:rsid w:val="00E33EC8"/>
     <w:rsid w:val="00E349A1"/>
     <w:rsid w:val="00E4389E"/>
     <w:rsid w:val="00E4690C"/>
     <w:rsid w:val="00E46D04"/>
     <w:rsid w:val="00E550E8"/>
     <w:rsid w:val="00E5608E"/>
+    <w:rsid w:val="00E565D1"/>
     <w:rsid w:val="00E6289D"/>
     <w:rsid w:val="00E66C66"/>
     <w:rsid w:val="00E67624"/>
     <w:rsid w:val="00E76633"/>
     <w:rsid w:val="00E82E11"/>
     <w:rsid w:val="00E85485"/>
     <w:rsid w:val="00E92E61"/>
     <w:rsid w:val="00E970CC"/>
     <w:rsid w:val="00EA154A"/>
     <w:rsid w:val="00EA31F1"/>
     <w:rsid w:val="00EA35FC"/>
     <w:rsid w:val="00EA5C0A"/>
     <w:rsid w:val="00EA76F7"/>
     <w:rsid w:val="00EB0E63"/>
     <w:rsid w:val="00EB3731"/>
     <w:rsid w:val="00EB4151"/>
     <w:rsid w:val="00EB56F4"/>
     <w:rsid w:val="00EC2030"/>
     <w:rsid w:val="00EC3544"/>
     <w:rsid w:val="00EC749F"/>
     <w:rsid w:val="00ED0785"/>
     <w:rsid w:val="00ED4A51"/>
     <w:rsid w:val="00ED70EA"/>
     <w:rsid w:val="00ED727C"/>
     <w:rsid w:val="00ED7594"/>
@@ -22284,51 +22093,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F461EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -23974,69 +23782,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13AADB65-4B1C-024A-8A07-94A8E248BA0C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>22</Pages>
-  <Words>6434</Words>
-  <Characters>35388</Characters>
+  <Words>6441</Words>
+  <Characters>35430</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>294</Lines>
+  <Lines>295</Lines>
   <Paragraphs>83</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41739</CharactersWithSpaces>
+  <CharactersWithSpaces>41788</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hector Simon Moreno</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>