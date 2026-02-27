--- v0 (2025-10-14)
+++ v1 (2026-02-27)
@@ -4,129 +4,151 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4CBBA81E" w14:textId="64F91A8A" w:rsidR="000539CC" w:rsidRPr="00761763" w:rsidRDefault="000F7120" w:rsidP="000539CC">
+    <w:p w14:paraId="1C7DCFE5" w14:textId="60F24D50" w:rsidR="00907C6E" w:rsidRPr="00907C6E" w:rsidRDefault="00907C6E" w:rsidP="000539CC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F47564">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00907C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/ricsh.v14i27.355</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00907C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="437C068F" wp14:editId="3436BB1D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="437C068F" wp14:editId="6C417408">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>464820</wp:posOffset>
+              <wp:posOffset>257001</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>0</wp:posOffset>
+              <wp:posOffset>174</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5396230" cy="800735"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21069"/>
                 <wp:lineTo x="21503" y="21069"/>
                 <wp:lineTo x="21503" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="147624204" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="151118736" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5396230" cy="800735"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="000539CC" w:rsidRPr="00761763">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="4CBBA81E" w14:textId="7C99FF2F" w:rsidR="000539CC" w:rsidRPr="00907C6E" w:rsidRDefault="000539CC" w:rsidP="000539CC">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00907C6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C1A07E2" w14:textId="6754499C" w:rsidR="00D11BEE" w:rsidRPr="000539CC" w:rsidRDefault="006F21EA" w:rsidP="001F0092">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000539CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -956,1059 +978,1009 @@
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Mexican </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Mexican</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>one</w:t>
+        <w:t>democratization</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>access</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>adoption</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>sustainable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>practices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>essential</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> explores </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>challenges</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>opportunities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>faced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>journals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>quest</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>sustainability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>where</w:t>
+        <w:t>emphasizing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> societal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>contribution</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Sustainable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Development</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Goals (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>SDGs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>the</w:t>
+        <w:t>This</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>democratization</w:t>
+        <w:t>study</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>discusses</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t>topics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as open </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t>access</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t xml:space="preserve">, editorial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ethics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>technological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>to</w:t>
+        <w:t>innovation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>information</w:t>
+        <w:t>through</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t xml:space="preserve"> case </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>the</w:t>
+        <w:t>key</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>adoption</w:t>
+        <w:t>metric</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>applications</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:t xml:space="preserve">Additionally, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>sustainable</w:t>
+        <w:t>study</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>practices</w:t>
+        <w:t>proposes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>essential</w:t>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>lines</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>focused</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>assessing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>improving</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>funding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>models</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>leveraging</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>emerging</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>technologies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> editorial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>management</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00420AE5" w:rsidRPr="00420AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>optimization</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...797 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>study</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00420AE5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>highlights</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00420AE5">
         <w:rPr>
@@ -5634,126 +5606,98 @@
       </w:r>
       <w:r w:rsidR="0FBE61E0" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> de estas publicaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F97F3B" w14:textId="14134C1E" w:rsidR="0D8B7968" w:rsidRPr="00C356E0" w:rsidRDefault="0D8B7968" w:rsidP="00B4669E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="388DB6EA" w14:textId="10B4E35A" w:rsidR="0FBE61E0" w:rsidRPr="00C356E0" w:rsidRDefault="0FBE61E0" w:rsidP="00B4669E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>La sostenibilidad financiera sigue siendo uno de los problemas más apremiantes para las revistas científicas en México. Muchas de estas publicaciones dependen en gran medida de fondos gubernamentales e institucionales, lo que las hace vulnerables a fluctuaciones en los presupuestos y políticas públicas. Por otro lado, el modelo de suscripción, aunque históricamente rentable, limita el acceso al conocimiento, perpetuando las desigualdades entre investigadores de países con diferentes niveles de desarrollo (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> &amp; Mabe, 2015).</w:t>
+        <w:t>La sostenibilidad financiera sigue siendo uno de los problemas más apremiantes para las revistas científicas en México. Muchas de estas publicaciones dependen en gran medida de fondos gubernamentales e institucionales, lo que las hace vulnerables a fluctuaciones en los presupuestos y políticas públicas. Por otro lado, el modelo de suscripción, aunque históricamente rentable, limita el acceso al conocimiento, perpetuando las desigualdades entre investigadores de países con diferentes niveles de desarrollo (Ware &amp; Mabe, 2015).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C4AAEF" w14:textId="0D7C0AE0" w:rsidR="0FBE61E0" w:rsidRPr="00C356E0" w:rsidRDefault="00450D16" w:rsidP="00B4669E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En este contexto, plataformas como Redalyc y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>AmeliCA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> han liderado la transición hacia el acceso abierto en América Latina, con el objetivo de democratizar el conocimiento</w:t>
       </w:r>
       <w:r w:rsidR="0FBE61E0" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. Sin embargo, este modelo también presenta limitaciones financieras, ya que requiere cubrir tarifas de publicación (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0FBE61E0" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>APCs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0FBE61E0" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>) que pueden ser prohibitivas para revistas con recursos limitados (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, 2012). Esto resalta la necesidad de modelos híbridos que combinen </w:t>
+        <w:t xml:space="preserve">) que pueden ser prohibitivas para revistas con recursos limitados (Suber, 2012). Esto resalta la necesidad de modelos híbridos que combinen </w:t>
       </w:r>
       <w:r w:rsidR="0FBE61E0" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>acceso abierto con otras fuentes de financiación, como subvenciones y colaboraciones internacionales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C7F041" w14:textId="39D238FC" w:rsidR="0FBE61E0" w:rsidRPr="00B4669E" w:rsidRDefault="00450D16" w:rsidP="00B4669E">
       <w:pPr>
         <w:pStyle w:val="Ttulo4"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
@@ -5804,91 +5748,51 @@
       <w:r w:rsidR="0FBE61E0" w:rsidRPr="00B4669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">La responsabilidad ética es fundamental para la </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>sostenibilidad</w:t>
       </w:r>
       <w:r w:rsidR="0FBE61E0" w:rsidRPr="00B4669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> científica, ya que garantiza la confianza en los resultados publicados. En México, los esfuerzos por adoptar estándares éticos en la publicación han avanzado, pero persisten desafíos, como casos de plagio y malas prácticas editoriales (</w:t>
-[...39 lines deleted...]
-        <w:t>, 2019). Esto subraya la importancia de fortalecer los mecanismos de supervisión y la capacitación de los editores</w:t>
+        <w:t xml:space="preserve"> científica, ya que garantiza la confianza en los resultados publicados. En México, los esfuerzos por adoptar estándares éticos en la publicación han avanzado, pero persisten desafíos, como casos de plagio y malas prácticas editoriales (Larivière &amp; Sugimoto, 2019). Esto subraya la importancia de fortalecer los mecanismos de supervisión y la capacitación de los editores</w:t>
       </w:r>
       <w:r w:rsidR="0FBE61E0" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60338D5B" w14:textId="3C47F7EA" w:rsidR="0FBE61E0" w:rsidRPr="00C356E0" w:rsidRDefault="0FBE61E0" w:rsidP="00B4669E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">La adopción de herramientas tecnológicas, como software </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -6423,130 +6327,110 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Salud Pública de México</w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ha documentado investigaciones sobre desigualdades en el acceso a la salud.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43432F60" w14:textId="5638E718" w:rsidR="52FCAEEE" w:rsidRPr="00C356E0" w:rsidRDefault="52FCAEEE" w:rsidP="00C0781D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">A nivel global, revistas como </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Nature</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Nature </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Sustainability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Sustainability</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Environmental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Environmental</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Research</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Letters</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> han establecido precedentes al dedicar ediciones temáticas a los Objetivos de Desarrollo Sostenible (ODS). Este enfoque interdisciplinario conecta la ciencia con políticas públicas y genera impacto en la toma de decisiones estratégicas. México, a través de iniciativas como </w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Redalyc</w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, comienza a seguir estas tendencias, consolidándose como un referente en la publicación de investigaciones orientadas a resolver problemas críticos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D19F5B4" w14:textId="739E364F" w:rsidR="52FCAEEE" w:rsidRPr="00C356E0" w:rsidRDefault="52FCAEEE" w:rsidP="00C0781D">
       <w:pPr>
         <w:pStyle w:val="Ttulo4"/>
         <w:spacing w:before="0"/>
@@ -7443,147 +7327,113 @@
         <w:t xml:space="preserve">Revistas </w:t>
       </w:r>
       <w:r w:rsidR="00E95657" w:rsidRPr="008375BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>globales en la vanguardia de la sostenibilidad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11979847" w14:textId="3950B09F" w:rsidR="2CD26DB4" w:rsidRPr="00C356E0" w:rsidRDefault="2CD26DB4" w:rsidP="00C53697">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C356E0">
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nature </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sustainability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="3E006825" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...24 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta revista internacional se ha establecido como un referente al priorizar investigaciones interdisciplinarias que abordan desafíos como el cambio climático, la transición energética y la conservación de la biodiversidad. Además de su compromiso con el acceso abierto parcial, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Nature</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Nature </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Sustainability</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ha implementado procesos editoriales digitales para minimizar su huella ambiental. Según datos de Springer </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (2022), la revista logró reducir un 20% su consumo energético al migrar completamente a plataformas en la nube.</w:t>
+        <w:t xml:space="preserve"> ha implementado procesos editoriales digitales para minimizar su huella ambiental. Según datos de Springer Nature (2022), la revista logró reducir un 20% su consumo energético al migrar completamente a plataformas en la nube.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E6711FC" w14:textId="77777777" w:rsidR="00245180" w:rsidRPr="00C356E0" w:rsidRDefault="00245180" w:rsidP="00C53697">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EAA22F9" w14:textId="06CBC3C3" w:rsidR="2CD26DB4" w:rsidRPr="00C356E0" w:rsidRDefault="2CD26DB4" w:rsidP="00C53697">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
@@ -7950,63 +7800,55 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Impacto Observado</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00245180" w:rsidRPr="00C356E0" w14:paraId="00F474B0" w14:textId="77777777" w:rsidTr="005645EB">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34B1C646" w14:textId="056A314A" w:rsidR="0D8B7968" w:rsidRPr="00C356E0" w:rsidRDefault="0D8B7968" w:rsidP="005645EB">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C356E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Nature</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Nature </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C356E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Sustainability</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3347" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04FAC6C3" w14:textId="271E3D44" w:rsidR="0D8B7968" w:rsidRPr="00C356E0" w:rsidRDefault="0D8B7968" w:rsidP="005645EB">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C356E0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8225,65 +8067,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74370CD4" w14:textId="14B418BD" w:rsidR="2CD26DB4" w:rsidRPr="00C356E0" w:rsidRDefault="006141FF" w:rsidP="006141FF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente: Elaboración propia en base a datos </w:t>
       </w:r>
       <w:r w:rsidR="2CD26DB4" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">recopilados de Springer </w:t>
-[...13 lines deleted...]
-        <w:t>, PLOS y publicaciones académicas mexicanas (2021-2022).</w:t>
+        <w:t>recopilados de Springer Nature, PLOS y publicaciones académicas mexicanas (2021-2022).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EBE972" w14:textId="77777777" w:rsidR="00245180" w:rsidRPr="00C356E0" w:rsidRDefault="00245180" w:rsidP="00245180">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54A59416" w14:textId="30CF67A6" w:rsidR="2CD26DB4" w:rsidRPr="00E95657" w:rsidRDefault="2CD26DB4" w:rsidP="00E95657">
       <w:pPr>
         <w:pStyle w:val="Ttulo4"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E95657">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8577,67 +8405,57 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>AmeliCA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> han demostrado ser herramientas poderosas para democratizar el conocimiento, aunque también han puesto de manifiesto la necesidad de modelos de financiamiento más robustos. Del mismo modo, la digitalización y el uso de tecnologías verdes representan avances significativos hacia la sostenibilidad, pero aún no son una realidad universal en todas las publicaciones. La falta de recursos, la desigualdad tecnológica y la resistencia a adoptar modelos más inclusivos siguen siendo desafíos que requieren atención prioritaria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3740BFE4" w14:textId="109A4C9E" w:rsidR="1110164D" w:rsidRPr="00C356E0" w:rsidRDefault="00D7766A" w:rsidP="00B4669E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En el ámbito global, revistas como </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Nature</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Nature </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Sustainability</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>PLOS ONE</w:t>
       </w:r>
@@ -9542,60 +9360,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> pueden optimizar la selección de revisores, la detección de fraudes y la seguridad de los datos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086634BE" w14:textId="732953C4" w:rsidR="01505D48" w:rsidRPr="00C356E0" w:rsidRDefault="01505D48" w:rsidP="00386F24">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ejemplo:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Revistas globales como </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Nature</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> han comenzado a utilizar IA para identificar revisores calificados, reduciendo el tiempo promedio de revisión a menos de tres meses.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5CB923" w14:textId="0F2ED038" w:rsidR="01505D48" w:rsidRPr="00C356E0" w:rsidRDefault="01505D48" w:rsidP="00386F24">
       <w:pPr>
         <w:pStyle w:val="Ttulo4"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Indicadores:</w:t>
       </w:r>
@@ -10249,462 +10065,370 @@
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recuperado de </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidRPr="00C356E0">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.conacyt.gob.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54C6F106" w14:textId="27D840BB" w:rsidR="39DF08CC" w:rsidRPr="00C356E0" w:rsidRDefault="39DF08CC" w:rsidP="00C356E0">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Larivière, V., &amp; Sugimoto, C. R. (2019). </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Metrics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Metrics</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Scholarly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Scholarly</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Impact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Impact</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">: How </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>How</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Use and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Interpret</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>to</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Use and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Citation-based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Interpret</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Metrics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Citation-based</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MIT Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CF5432" w14:textId="7236B694" w:rsidR="39DF08CC" w:rsidRPr="00C356E0" w:rsidRDefault="39DF08CC" w:rsidP="00C356E0">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organización de las Naciones Unidas para la Educación, la Ciencia y la Cultura (UNESCO). (2021). </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C356E0">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00450D16" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Metrics</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Papel</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>.</w:t>
-[...36 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00450D16" w:rsidRPr="00C356E0">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Papel</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Open </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>e</w:t>
+        <w:t>Science</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>Achieving</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Open </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Science</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Achieving</w:t>
+        <w:t>Sustainable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>the</w:t>
+        <w:t>Development</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Goals.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recuperado de </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidRPr="00C356E0">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.unesco.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1003F7E9" w14:textId="262C3F24" w:rsidR="39DF08CC" w:rsidRPr="00C356E0" w:rsidRDefault="39DF08CC" w:rsidP="00C356E0">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -10737,65 +10461,51 @@
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.redalyc.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="42A0086B" w14:textId="3B867FC4" w:rsidR="39DF08CC" w:rsidRPr="00C356E0" w:rsidRDefault="00710E68" w:rsidP="00C356E0">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="39DF08CC" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Springer </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">. (2022). </w:t>
+        <w:t xml:space="preserve">Springer Nature. (2022). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="39DF08CC" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Reducing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="39DF08CC" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="39DF08CC" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -10886,91 +10596,69 @@
       <w:r w:rsidR="39DF08CC" w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recuperado de </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidR="39DF08CC" w:rsidRPr="00C356E0">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://www.springernature.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="620F05E7" w14:textId="2C9E3B64" w:rsidR="39DF08CC" w:rsidRPr="00C356E0" w:rsidRDefault="39DF08CC" w:rsidP="00C356E0">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, P. (2012). </w:t>
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suber, P. (2012). </w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Open Access.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MIT </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> MIT Press.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C8E4ACE" w14:textId="45D25B5B" w:rsidR="39DF08CC" w:rsidRPr="00C356E0" w:rsidRDefault="39DF08CC" w:rsidP="00C356E0">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad Autónoma Chapingo. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Impacto de la digitalización en la visibilidad internacional de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -11051,81 +10739,63 @@
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recuperado de </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="00C356E0">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://gaceta.uabc.mx/notas/academia/destaca-uabc-en-revistas-mexicanas-indexadas-en-scopus</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55F4F98E" w14:textId="00A952D0" w:rsidR="39DF08CC" w:rsidRPr="00C356E0" w:rsidRDefault="39DF08CC" w:rsidP="00C356E0">
       <w:pPr>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C356E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ware, M., &amp; Mabe, M. (2015). </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>The</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> STM </w:t>
+        <w:t xml:space="preserve">The STM </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Report</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -11254,61 +10924,61 @@
         </w:rPr>
         <w:t>Publishers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C356E0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="39DF08CC" w:rsidRPr="00C356E0" w:rsidSect="000F7120">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="685" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="57" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D7EFE82" w14:textId="77777777" w:rsidR="00DF168A" w:rsidRDefault="00DF168A" w:rsidP="00DD7C6B">
+    <w:p w14:paraId="10D11476" w14:textId="77777777" w:rsidR="00C67245" w:rsidRDefault="00C67245" w:rsidP="00DD7C6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60F21277" w14:textId="77777777" w:rsidR="00DF168A" w:rsidRDefault="00DF168A" w:rsidP="00DD7C6B">
+    <w:p w14:paraId="75907923" w14:textId="77777777" w:rsidR="00C67245" w:rsidRDefault="00C67245" w:rsidP="00DD7C6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -11474,61 +11144,61 @@
         <w:bCs/>
       </w:rPr>
       <w:t>Junio</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0921CEA0" w14:textId="77777777" w:rsidR="00DD7C6B" w:rsidRDefault="00DD7C6B">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="647E2ACE" w14:textId="77777777" w:rsidR="00DF168A" w:rsidRDefault="00DF168A" w:rsidP="00DD7C6B">
+    <w:p w14:paraId="0D28F4A4" w14:textId="77777777" w:rsidR="00C67245" w:rsidRDefault="00C67245" w:rsidP="00DD7C6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C606E60" w14:textId="77777777" w:rsidR="00DF168A" w:rsidRDefault="00DF168A" w:rsidP="00DD7C6B">
+    <w:p w14:paraId="1E6C3E61" w14:textId="77777777" w:rsidR="00C67245" w:rsidRDefault="00C67245" w:rsidP="00DD7C6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00531D64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD7E3F8A"/>
     <w:lvl w:ilvl="0" w:tplc="DA7A062E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -13417,62 +13087,65 @@
     <w:rsidRoot w:val="521D7F8E"/>
     <w:rsid w:val="00037D54"/>
     <w:rsid w:val="000539CC"/>
     <w:rsid w:val="000F7120"/>
     <w:rsid w:val="001F0092"/>
     <w:rsid w:val="00221C15"/>
     <w:rsid w:val="00245180"/>
     <w:rsid w:val="00375421"/>
     <w:rsid w:val="0037625A"/>
     <w:rsid w:val="0038331C"/>
     <w:rsid w:val="00386F24"/>
     <w:rsid w:val="00420AE5"/>
     <w:rsid w:val="00445E22"/>
     <w:rsid w:val="00450D16"/>
     <w:rsid w:val="004D6871"/>
     <w:rsid w:val="0053067D"/>
     <w:rsid w:val="005645EB"/>
     <w:rsid w:val="005F419D"/>
     <w:rsid w:val="006141FF"/>
     <w:rsid w:val="006F21EA"/>
     <w:rsid w:val="00710E68"/>
     <w:rsid w:val="00712756"/>
     <w:rsid w:val="00801233"/>
     <w:rsid w:val="008375BC"/>
     <w:rsid w:val="008F23BD"/>
+    <w:rsid w:val="00907C6E"/>
     <w:rsid w:val="00940E7E"/>
     <w:rsid w:val="00974157"/>
     <w:rsid w:val="00977FC6"/>
     <w:rsid w:val="009D6F72"/>
     <w:rsid w:val="00A22272"/>
     <w:rsid w:val="00AE47BA"/>
+    <w:rsid w:val="00AE576A"/>
     <w:rsid w:val="00B05A20"/>
     <w:rsid w:val="00B27239"/>
     <w:rsid w:val="00B4669E"/>
     <w:rsid w:val="00C0781D"/>
     <w:rsid w:val="00C356E0"/>
     <w:rsid w:val="00C53697"/>
+    <w:rsid w:val="00C67245"/>
     <w:rsid w:val="00D11BEE"/>
     <w:rsid w:val="00D31CA7"/>
     <w:rsid w:val="00D7766A"/>
     <w:rsid w:val="00DD7C6B"/>
     <w:rsid w:val="00DF168A"/>
     <w:rsid w:val="00E50617"/>
     <w:rsid w:val="00E95657"/>
     <w:rsid w:val="00FE07A6"/>
     <w:rsid w:val="00FF614A"/>
     <w:rsid w:val="00FF79B7"/>
     <w:rsid w:val="01505D48"/>
     <w:rsid w:val="0193037F"/>
     <w:rsid w:val="029E5104"/>
     <w:rsid w:val="06A7EEEE"/>
     <w:rsid w:val="076C701B"/>
     <w:rsid w:val="0A5C1AD1"/>
     <w:rsid w:val="0B97FF99"/>
     <w:rsid w:val="0D8B7968"/>
     <w:rsid w:val="0D9E420D"/>
     <w:rsid w:val="0F8AAB08"/>
     <w:rsid w:val="0FBE61E0"/>
     <w:rsid w:val="10BB8F0F"/>
     <w:rsid w:val="1110164D"/>
     <w:rsid w:val="13BE8CF7"/>
     <w:rsid w:val="14DEB319"/>
@@ -13985,51 +13658,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -14424,70 +14096,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>6911</Words>
-  <Characters>38012</Characters>
+  <Words>6918</Words>
+  <Characters>38052</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>316</Lines>
+  <Lines>317</Lines>
   <Paragraphs>89</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44834</CharactersWithSpaces>
+  <CharactersWithSpaces>44881</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Software AdHoc</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>