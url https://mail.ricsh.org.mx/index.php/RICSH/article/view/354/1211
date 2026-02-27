--- v0 (2025-10-14)
+++ v1 (2026-02-27)
@@ -70,51 +70,72 @@
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5612130" cy="833120"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009B533E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4542CCEA" w14:textId="00E8068B" w:rsidR="009B533E" w:rsidRPr="00761763" w:rsidRDefault="009B533E" w:rsidP="0060409B">
+    <w:p w14:paraId="3114115E" w14:textId="1489943F" w:rsidR="00B67AB0" w:rsidRDefault="00B67AB0" w:rsidP="0060409B">
+      <w:pPr>
+        <w:pStyle w:val="OJS"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B67AB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/ricsh.v14i27.354</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4542CCEA" w14:textId="546490CE" w:rsidR="009B533E" w:rsidRPr="00761763" w:rsidRDefault="009B533E" w:rsidP="0060409B">
       <w:pPr>
         <w:pStyle w:val="OJS"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="146F59F9" w14:textId="78CA3C76" w:rsidR="00CD63AE" w:rsidRPr="009B533E" w:rsidRDefault="00783AF0" w:rsidP="009B533E">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX" w:eastAsia="en-US"/>
@@ -788,66 +809,66 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> asociadas a la IA y los entornos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0056401F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>sociodigitales</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0056401F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006073EC" w:rsidRPr="0056401F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>con el propósito de construir una nueva pedagogía de la comunicación</w:t>
+        <w:t xml:space="preserve">con </w:t>
+      </w:r>
+      <w:r w:rsidR="006073EC" w:rsidRPr="0056401F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>el propósito de construir una nueva pedagogía de la comunicación</w:t>
       </w:r>
       <w:r w:rsidRPr="0056401F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que, mediante la </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">participación genuina de los pueblos, promueva una </w:t>
+        <w:t xml:space="preserve"> que, mediante la participación genuina de los pueblos, promueva una </w:t>
       </w:r>
       <w:r w:rsidR="00D011C0" w:rsidRPr="0056401F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">inteligencia colectiva y creativa en relación al desarrollo de la IA en América Latina. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27EBA044" w14:textId="5F296CF2" w:rsidR="002E5A77" w:rsidRPr="0056401F" w:rsidRDefault="00EF3329" w:rsidP="00783AF0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1462,51 +1483,67 @@
         </w:rPr>
         <w:t>ensaio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>propõe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>compreender</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -1638,51 +1675,67 @@
         </w:rPr>
         <w:t>operação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>epistemológica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>descentralize</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>objeto</w:t>
       </w:r>
@@ -1862,51 +1915,67 @@
         </w:rPr>
         <w:t>análise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>crítico-argumentativa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>examina</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>trabalho</w:t>
       </w:r>
@@ -2174,50 +2243,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> da IA e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>governança</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>plataformas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>digitais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. O </w:t>
@@ -2246,91 +2316,74 @@
         </w:rPr>
         <w:t>destacar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> as </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>desigualdades</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> e formas de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>discriminação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>associadas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> à IA e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>aos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ambientes </w:t>
@@ -2407,51 +2460,67 @@
         </w:rPr>
         <w:t>pedagogia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>comunicação</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008D7322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008D7322">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008D7322">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>meio</w:t>
       </w:r>
@@ -3077,67 +3146,67 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008E1BAF" w:rsidRPr="0060409B">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">de las formas que ha asumido el orden de la comunicación en el siglo XXI? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9445FE" w14:textId="766CA02A" w:rsidR="009D71B2" w:rsidRPr="0060409B" w:rsidRDefault="008E1BAF" w:rsidP="0060409B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t>Este ensayo tiene como objetivo recuperar, a partir del pensamiento de Piccini y de la conceptualización de capitalismo comunicativo de Jodi Dean</w:t>
       </w:r>
       <w:r w:rsidR="009D71B2" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> (2005)</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
-        <w:t>, discusiones marginadas pero no por ello marginales</w:t>
+        <w:t xml:space="preserve">, discusiones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060409B">
+        <w:lastRenderedPageBreak/>
+        <w:t>marginadas pero no por ello marginales</w:t>
       </w:r>
       <w:r w:rsidR="00D05F8C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>donde la clave de género sin dudas resulta significativa</w:t>
       </w:r>
       <w:r w:rsidR="00D05F8C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">sobre las formas de dominación y control que implican la plataformización de </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">la sociedad, </w:t>
+        <w:t xml:space="preserve">sobre las formas de dominación y control que implican la plataformización de la sociedad, </w:t>
       </w:r>
       <w:r w:rsidR="009D71B2" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">la expropiación identitaria mediante la acopiación y manipulación de los datos y, finalmente, la organización simbólica y material de las sociedades en torno a la automatización que permite la IA. Porque, como manifiesta Piccini: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E16077D" w14:textId="1FBFD986" w:rsidR="008E1BAF" w:rsidRPr="0060409B" w:rsidRDefault="009D71B2" w:rsidP="0060409B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">Los saberes que emergen de la experiencia vivida forman tejidos complejos e intricadas redes culturales cuya sustancia está hecha de repeticiones y memorias, signos perseverantes del intercambio comunitario que, finalmente, se constituyen en la materia misma, el sustrato, las líneas de identidad, de las culturas oficiales en cada sociedad particular. </w:t>
       </w:r>
       <w:r w:rsidR="00B22987" w:rsidRPr="0060409B">
         <w:t>(1989, p.</w:t>
       </w:r>
       <w:r w:rsidR="002A23B5" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B22987" w:rsidRPr="0060409B">
         <w:t>58)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B410D8" w14:textId="46F7192B" w:rsidR="00C52434" w:rsidRPr="0060409B" w:rsidRDefault="009D71B2" w:rsidP="0060409B">
@@ -3286,51 +3355,55 @@
       <w:r w:rsidR="009A2364" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">La selección de los textos responde a la necesidad de revisar las discusiones </w:t>
       </w:r>
       <w:r w:rsidR="00026122" w:rsidRPr="0060409B">
         <w:t>que se inician a fines</w:t>
       </w:r>
       <w:r w:rsidR="009A2364" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> del siglo XX sobre las transformaciones en la relación entre comunicación, tecnología y sociedad </w:t>
       </w:r>
       <w:r w:rsidR="00026122" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">y colocarlas en </w:t>
       </w:r>
       <w:r w:rsidR="000A3B87" w:rsidRPr="0060409B">
         <w:t>diálogo con</w:t>
       </w:r>
       <w:r w:rsidR="009A2364" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00026122" w:rsidRPr="0060409B">
         <w:t>debates intelectuales</w:t>
       </w:r>
       <w:r w:rsidR="009A2364" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> del siglo XXI en </w:t>
       </w:r>
       <w:r w:rsidR="00026122" w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">el campo de la inteligencia artificial. </w:t>
+        <w:t xml:space="preserve">el campo de la inteligencia </w:t>
+      </w:r>
+      <w:r w:rsidR="00026122" w:rsidRPr="0060409B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">artificial. </w:t>
       </w:r>
       <w:r w:rsidR="00600FC1" w:rsidRPr="0060409B">
         <w:t>El trabajo</w:t>
       </w:r>
       <w:r w:rsidR="00AA3114" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> focaliza</w:t>
       </w:r>
       <w:r w:rsidR="00600FC1" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, por lo tanto,</w:t>
       </w:r>
       <w:r w:rsidR="00AA3114" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> en </w:t>
       </w:r>
       <w:r w:rsidR="00600FC1" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
@@ -3368,51 +3441,50 @@
         <w:t xml:space="preserve"> estado de la cuestión como clima de época</w:t>
       </w:r>
       <w:r w:rsidR="00600FC1" w:rsidRPr="0060409B">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00AA3114" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21579EFD" w14:textId="48373A4A" w:rsidR="00991C7B" w:rsidRPr="0060409B" w:rsidRDefault="00991C7B" w:rsidP="009D71B2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>La finalidad es visibilizar tanto las desigualdades materiales vinculadas a la brecha digital como las discriminaciones simbólicas asociadas a la naturalización de los sesgos algorítmicos, situaciones que acrecientan las inequidades de acceso a la economía del conocimiento en regiones como Latinoamérica.</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A57" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> En ese contexto,</w:t>
       </w:r>
       <w:r w:rsidR="00B22987" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y como contribución a la movilización de la inteligencia colectiva,</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A57" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> se recupera el debate sobre la ética de la inteligencia artificial</w:t>
       </w:r>
       <w:r w:rsidR="002C4EE4" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y la regulación de plataformas digitales</w:t>
@@ -3462,176 +3534,160 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5A97EF48" w14:textId="77777777" w:rsidR="003934A5" w:rsidRPr="0060409B" w:rsidRDefault="003934A5" w:rsidP="00C131AE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25C6F3EB" w14:textId="1E08BEF3" w:rsidR="00C131AE" w:rsidRPr="0060409B" w:rsidRDefault="00057567" w:rsidP="00057567">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t>La comunicación no se extingue, por cierto, deviene pretexto. El texto previo – la cultura – es la escena desde la cual podemos extender las líneas de flotación y embarcarnos en un pensamiento sobre la producción histórica de la razón</w:t>
       </w:r>
       <w:r w:rsidR="008C4858" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> y</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
-        <w:t xml:space="preserve"> la sinrazón tecnológica, política, simbólica, los imaginarios y las imágenes, el sentido y la letra. (</w:t>
-[...7 lines deleted...]
-        <w:t>, 1989, p.</w:t>
+        <w:t xml:space="preserve"> la sinrazón tecnológica, política, simbólica, los imaginarios y las imágenes, el sentido y la letra. (Piccini, 1989, p.</w:t>
       </w:r>
       <w:r w:rsidR="002A23B5" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>14)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5177E9D4" w14:textId="50923EE0" w:rsidR="00057567" w:rsidRPr="0060409B" w:rsidRDefault="00057567" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t>La reflexión sobre el</w:t>
       </w:r>
       <w:r w:rsidR="00D64868" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> estudio</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> de la comunicación como una unidad innecesariamente fracturada de las otras ciencias humanas </w:t>
       </w:r>
       <w:r w:rsidR="00716050" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>sociales para producir saberes que por “propios” adolecen de una comprensión integral del fenómeno comunicacional</w:t>
       </w:r>
       <w:r w:rsidR="00716050" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> como proceso humano/social</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> que, en palabras de la autora: “es el primer acto de amor que empre</w:t>
       </w:r>
       <w:r w:rsidR="00DD11FB" w:rsidRPr="0060409B">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>demos al nacer y el último mientras se desvan</w:t>
       </w:r>
       <w:r w:rsidR="00716050" w:rsidRPr="0060409B">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
-        <w:t>ce la vida” (</w:t>
-[...7 lines deleted...]
-        <w:t>, 1989, p.</w:t>
+        <w:t>ce la vida” (Piccini, 1989, p.</w:t>
       </w:r>
       <w:r w:rsidR="002A23B5" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">13). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50803475" w14:textId="1D48BFB7" w:rsidR="00057567" w:rsidRPr="0060409B" w:rsidRDefault="00307D9D" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Ahora bien, ¿qué sucede con la evolución de las tecnologías de la información y la comunicación (TIC)?</w:t>
       </w:r>
       <w:r w:rsidR="00C809B3" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Las denominadas nuevas tecnologías dan inicio en el siglo XXI a lo que Manuel Castells (1997) denominó “era de la información”</w:t>
       </w:r>
       <w:r w:rsidR="00D64868" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, que para </w:t>
       </w:r>
       <w:r w:rsidR="00C809B3" w:rsidRPr="0060409B">
         <w:t>Mabel Piccini y Ana María Nethol</w:t>
       </w:r>
       <w:r w:rsidR="006B4848" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C809B3" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:r w:rsidR="00D64868" w:rsidRPr="0060409B">
-        <w:t>(…) se convierten en la base de sustentación de nuevas hegemonías a escala transnacional y en el campo de maniobras de gigantescas corporaciones que afianzan, a través de las industrias culturales, su control económico alrededor del mundo</w:t>
+        <w:t xml:space="preserve">(…) se convierten en la base de sustentación de nuevas hegemonías a escala </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64868" w:rsidRPr="0060409B">
+        <w:lastRenderedPageBreak/>
+        <w:t>transnacional y en el campo de maniobras de gigantescas corporaciones que afianzan, a través de las industrias culturales, su control económico alrededor del mundo</w:t>
       </w:r>
       <w:r w:rsidR="00C809B3" w:rsidRPr="0060409B">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00D64868" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> (2007, p. 16).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB8D3FE" w14:textId="5F628E24" w:rsidR="00970291" w:rsidRPr="0060409B" w:rsidRDefault="00970291" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">De acuerdo con Castells, la nueva estructura social dominante de la era de la información es la “sociedad red”, la nueva economía es la internacional/global y la nueva cultura es la de la virtualidad (1997, p. 370). Esa conformación tecnológica en red es el </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">fundamento de lo que </w:t>
+        <w:t xml:space="preserve">De acuerdo con Castells, la nueva estructura social dominante de la era de la información es la “sociedad red”, la nueva economía es la internacional/global y la nueva cultura es la de la virtualidad (1997, p. 370). Esa conformación tecnológica en red es el fundamento de lo que </w:t>
       </w:r>
       <w:r w:rsidR="002E10CC" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">Jodi </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">Dean denomina </w:t>
       </w:r>
       <w:r w:rsidR="00DD0E5F" w:rsidRPr="0060409B">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>capitalismo comunicativo</w:t>
       </w:r>
       <w:r w:rsidR="00DD0E5F" w:rsidRPr="0060409B">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, entendido como una forma de organización de la sociedad donde el mercado reemplaza a la política, donde la circulación de productos y mensajes </w:t>
       </w:r>
       <w:r w:rsidR="00A3542F" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">se presenta como la realización de las aspiraciones del pueblo y donde a través de diversas fantasías (como la ilusión de participación a través de las redes sociales) se produce una </w:t>
       </w:r>
       <w:r w:rsidR="00DD0E5F" w:rsidRPr="0060409B">
         <w:t>verdadera</w:t>
       </w:r>
@@ -3759,71 +3815,71 @@
       </w:r>
       <w:r w:rsidR="00D81A4C" w:rsidRPr="0060409B">
         <w:t>coincidencias en relación a la transformación clave que implica la inteligencia artificial para el crecimiento del capitalismo en la era de las plataformas digitales en red, en tanto permite el desarrollo sofisticado de formas de dominación y control a través de operaciones más o menos voluntarias de las personas</w:t>
       </w:r>
       <w:r w:rsidR="00D97358" w:rsidRPr="0060409B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D81A4C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> convertidas ya no sólo en consumidores, sino en usuarios digitales. La </w:t>
       </w:r>
       <w:r w:rsidR="00884777" w:rsidRPr="0060409B">
         <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D81A4C" w:rsidRPr="0060409B">
         <w:t>gubernamentalidad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D81A4C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> algorítmica</w:t>
       </w:r>
       <w:r w:rsidR="00884777" w:rsidRPr="0060409B">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00D81A4C" w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">, así denominan Rouvroy y Berns a esta nueva época signada por la automatización de procesos y procedimientos de recopilación y utilización de datos personales que permiten anticipar y, eventualmente, modelar comportamientos sociales (2016, p. 96). </w:t>
+        <w:t xml:space="preserve">, así denominan Rouvroy y Berns a esta nueva época </w:t>
+      </w:r>
+      <w:r w:rsidR="00D81A4C" w:rsidRPr="0060409B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">signada por la automatización de procesos y procedimientos de recopilación y utilización de datos personales que permiten anticipar y, eventualmente, modelar comportamientos sociales (2016, p. 96). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F3FEE5B" w14:textId="6E68D60E" w:rsidR="00FE73B6" w:rsidRPr="0060409B" w:rsidRDefault="002261BB" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t>Kate Crawford (2022, p.</w:t>
       </w:r>
       <w:r w:rsidR="00FE73B6" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">29) cuestiona la propia denominación (“no es artificial ni inteligente”), haciendo hincapié en las dimensiones materiales (política, económica y </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ambiental) </w:t>
+        <w:t xml:space="preserve">29) cuestiona la propia denominación (“no es artificial ni inteligente”), haciendo hincapié en las dimensiones materiales (política, económica y ambiental) </w:t>
       </w:r>
       <w:r w:rsidR="002E10CC" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">e incita a reformular las preguntas del qué y el cómo hacia el “para quién” se está optimizando la IA. </w:t>
       </w:r>
       <w:r w:rsidR="00FE73B6" w:rsidRPr="0060409B">
         <w:t>En tal sentido, Jea</w:t>
       </w:r>
       <w:r w:rsidR="00884777" w:rsidRPr="0060409B">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00FE73B6" w:rsidRPr="0060409B">
         <w:t>-Paul Lafrance remarca que “no debemos subestimar el trabajo humano que hay detrás de la máquina”</w:t>
       </w:r>
       <w:r w:rsidR="007972B6" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> (2024, p. 54)</w:t>
       </w:r>
       <w:r w:rsidR="00FE73B6" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> y Eric Sadin define a la IA como una “tecno-ideología” (2023, p. 70) que responde a intereses utilitarios de capitales privados concentrados. </w:t>
       </w:r>
       <w:r w:rsidR="00D867F1" w:rsidRPr="0060409B">
         <w:t>También Flavia Costa (2022) advierte sobre la infraestructura material</w:t>
       </w:r>
       <w:r w:rsidR="003F56BB" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
@@ -3913,106 +3969,98 @@
       <w:r w:rsidR="00D05F8C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002A0348" w:rsidRPr="0060409B">
         <w:t>recuperando</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> a Paul Virilio</w:t>
       </w:r>
       <w:r w:rsidR="00D05F8C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>significan las pantallas como “ventanas artificiales” del “universo de la comunicación a distancia y de las culturas portátiles” (p.</w:t>
       </w:r>
       <w:r w:rsidR="002A23B5" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>15), que lejos de potenciar el carácter de encuentro colectivo que podría habilitar esta nueva forma de comunicación</w:t>
       </w:r>
       <w:r w:rsidR="00307D9D" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">incrementa el individualismo del consumo comunicacional, que coloniza todas las esferas de la vida, desde el trabajo hasta el tiempo libre. </w:t>
+        <w:t xml:space="preserve">incrementa el individualismo del consumo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060409B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">comunicacional, que coloniza todas las esferas de la vida, desde el trabajo hasta el tiempo libre. </w:t>
       </w:r>
       <w:r w:rsidR="000A06CA" w:rsidRPr="0060409B">
         <w:t>En</w:t>
       </w:r>
       <w:r w:rsidR="00671AFC" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> la tradición frankfurtiana</w:t>
       </w:r>
       <w:r w:rsidR="000A06CA" w:rsidRPr="0060409B">
         <w:t>, podemos decir que</w:t>
       </w:r>
       <w:r w:rsidR="00671AFC" w:rsidRPr="0060409B">
-        <w:t xml:space="preserve"> la privacidad “se disuelve… por los imperativos de un consumo programado…” (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> y </w:t>
+        <w:t xml:space="preserve"> la privacidad “se disuelve… por los imperativos de un consumo programado…” (Piccini y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00671AFC" w:rsidRPr="0060409B">
         <w:t>Nethol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00671AFC" w:rsidRPr="0060409B">
         <w:t>, 2007</w:t>
       </w:r>
       <w:r w:rsidR="002A23B5" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, p. </w:t>
       </w:r>
       <w:r w:rsidR="000A06CA" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">75). En la tradición </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000A06CA" w:rsidRPr="0060409B">
         <w:t>foucaultiana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000A06CA" w:rsidRPr="0060409B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00671AFC" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A06CA" w:rsidRPr="0060409B">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="0058729D" w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">s el propio individuo que somete su subjetividad al control: “el panóptico es </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">el mismo sujeto sometido al circuito tecnológico que al final se convierte en circuito hipnótico de la pantalla y del placer que la imagen le procura” (Piccini, 2007, p. 16). </w:t>
+        <w:t xml:space="preserve">s el propio individuo que somete su subjetividad al control: “el panóptico es el mismo sujeto sometido al circuito tecnológico que al final se convierte en circuito hipnótico de la pantalla y del placer que la imagen le procura” (Piccini, 2007, p. 16). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8C1C95" w14:textId="13B4F24B" w:rsidR="001A3A1F" w:rsidRPr="0060409B" w:rsidRDefault="001A3A1F" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t>La vigilancia se presenta como una condición de posibilidad del control que habilita la extracción y utilización de datos, por ej</w:t>
       </w:r>
       <w:r w:rsidR="00307D9D" w:rsidRPr="0060409B">
         <w:t>emplo,</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> a partir de las huellas biométricas (Costa, 2022), constituyendo lo que Shoshana Zuboff (2021) denomina “capitalismo de la vigilancia” como un “nuevo orden económico que reclama para sí la experiencia humana como materia prima gratuita aprovechable para una serie de prácticas comerciales ocultas de extracción, predicción y ventas” (p.</w:t>
       </w:r>
       <w:r w:rsidR="002A23B5" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">9). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3677772C" w14:textId="7333D60F" w:rsidR="00BB1CC5" w:rsidRPr="0060409B" w:rsidRDefault="00BB1CC5" w:rsidP="0069014D">
@@ -4080,55 +4128,52 @@
         <w:t xml:space="preserve">Cambiar el enfoque “exige por pronto admitir un blanco móvil, un lugar sin centro” (Piccini, 1989, p. 59). </w:t>
       </w:r>
       <w:r w:rsidR="00F47217" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>El esfuerzo de descentrar la IA no implica ignorar su importancia en la actualidad. Por el contrario, permite comprender sus implicancias dentro de un proceso histórico más amplio del capitalismo comunicativo</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> donde los procesos tecnológicos de la plataformización, la digitalización, la gubernamentalidad algorítimica y la automatización </w:t>
       </w:r>
       <w:r w:rsidR="00383A32" w:rsidRPr="0060409B">
         <w:t>resultan</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> tan fluctuantes como perennes pueden ser sus consecuencias (brecha digital, desigualdades en el acceso y uso, impacto ambiental de las infraestructuras del big data, etc.). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E8EB4F1" w14:textId="6F316BF7" w:rsidR="00383A32" w:rsidRPr="0060409B" w:rsidRDefault="00C25490" w:rsidP="00C25490">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">Y, por consiguiente, descentralizar, como objetivo fijo, a las maquinarias de sometimiento y a los enclaves del derroche material, moral y simbólico de modo de percibir desde nuevas perspectivas la fluencia ininterrumpida de dominaciones y servidumbres, las intricadas circulaciones de mensajes y bienes, de complicidades, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0060409B">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">gestiones opresivas y políticas de la opresión en las distintas redes del cuerpo social así como también aquellos saberes y sentidos irreductibles a la normalidad en los que se estrellan y deshacen líneas, itinerarios recurrentes, zonas sagradas. (Piccini, 1989, p. 59). </w:t>
+        <w:t xml:space="preserve">Y, por consiguiente, descentralizar, como objetivo fijo, a las maquinarias de sometimiento y a los enclaves del derroche material, moral y simbólico de modo de percibir desde nuevas perspectivas la fluencia ininterrumpida de dominaciones y servidumbres, las intricadas circulaciones de mensajes y bienes, de complicidades, gestiones opresivas y políticas de la opresión en las distintas redes del cuerpo social así como también aquellos saberes y sentidos irreductibles a la normalidad en los que se estrellan y deshacen líneas, itinerarios recurrentes, zonas sagradas. (Piccini, 1989, p. 59). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B4FEAE" w14:textId="4EF97701" w:rsidR="00E000ED" w:rsidRPr="0060409B" w:rsidRDefault="00B3089B" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">Descentrar la IA en el debate sobre la IA implica rastrear, entonces, la constitución material y simbólica del sistema capitalista desde donde surge y al que sirve, así como deconstruir (y en ese proceso desnaturalizar) las formas subjetivas del individualismo neoliberal que convierte a las personas en usuarios y a las prácticas sociales (en redes digitales) en datos que permitirán generar consumos en la fantasía de la participación materializada por el fetichismo tecnológico (Dean, 2005). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7997A606" w14:textId="5EACA8EB" w:rsidR="00453E3B" w:rsidRPr="0060409B" w:rsidRDefault="00453E3B" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">¿Cómo realizar estas operaciones que implican erigir un andamiaje epistemológico donde la IA, </w:t>
       </w:r>
       <w:r w:rsidR="00EF3329" w:rsidRPr="0060409B">
         <w:t>incluso</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
@@ -4192,67 +4237,70 @@
       <w:r w:rsidR="00510A68" w:rsidRPr="0060409B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003D7575" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> por ejemplos, contribuyan</w:t>
       </w:r>
       <w:r w:rsidR="00510A68" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D7575" w:rsidRPr="0060409B">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="000A62B7" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00510A68" w:rsidRPr="0060409B">
         <w:t>combatir al desinformación y los discursos de odio (Aminahuel y Rodríguez, 2023</w:t>
       </w:r>
       <w:r w:rsidR="003D7575" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="00510A68" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
-        <w:t>La AMI y su instrumentación demuestran sin dudas avances en niveles regionales, nacionales y locales, pero encuentran desafíos estructurales difíciles de sortear: “(…) prácticamente como en un callejón sin salida, la AMI está condicionada por las mismas limitaciones que pretende erradicar, es decir las brechas económica, social, comunicacional y digital, intra e interestatales, inter y subregionales” (Aminahuel y Rodríguez, 2024a, p.</w:t>
+        <w:t xml:space="preserve">La AMI y su instrumentación demuestran sin dudas avances en niveles regionales, nacionales y locales, pero encuentran desafíos estructurales </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060409B">
+        <w:lastRenderedPageBreak/>
+        <w:t>difíciles de sortear: “(…) prácticamente como en un callejón sin salida, la AMI está condicionada por las mismas limitaciones que pretende erradicar, es decir las brechas económica, social, comunicacional y digital, intra e interestatales, inter y subregionales” (Aminahuel y Rodríguez, 2024a, p.</w:t>
       </w:r>
       <w:r w:rsidR="002A23B5" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>42)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18D5BA0F" w14:textId="18E1BA9D" w:rsidR="00BB2926" w:rsidRPr="0060409B" w:rsidRDefault="000A62B7" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Estas visiones transmiten la necesidad de construir una pedagogía de la comunicación del nuevo siglo, que “implicaría la producción de conocimiento grupal o institucional donde los protagonistas de esta acción tiendan a ubicar y esclarecer problemáticas comunicativas en función de la instauración de un proceso que tengan características dialógicas y participativas” (Piccini y Nethol, 2007, p. 140). </w:t>
       </w:r>
       <w:r w:rsidR="00A211EA" w:rsidRPr="0060409B">
         <w:t>Ya no la ilusión de la participación, sino la construcción de una verdadera comunicación alternativa, como aquel proyecto cibernético de Salvador Allende en Chile</w:t>
       </w:r>
       <w:r w:rsidR="009032F5" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> (Medina, 2014)</w:t>
       </w:r>
       <w:r w:rsidR="00A211EA" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, que pretendía la emancipación y quedó truncado con su desaparición. </w:t>
       </w:r>
       <w:r w:rsidR="00BB2926" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">Conocido como proyecto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB2926" w:rsidRPr="0060409B">
         <w:t>Synco</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB2926" w:rsidRPr="0060409B">
         <w:t>, la propuesta del socialismo chileno de un proyecto cibernético revolucionario aludía a las posibilidades de involucrar al pueblo en el desarrollo transversal de los procedimientos tecnológicos. Es decir, no de manera centralizada o vertica</w:t>
       </w:r>
       <w:r w:rsidR="00BB1933" w:rsidRPr="0060409B">
         <w:t>l</w:t>
       </w:r>
@@ -4276,63 +4324,55 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t>Un ejemplo</w:t>
       </w:r>
       <w:r w:rsidR="004014E2" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> actual</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> a considerar es la experiencia del Manifiesto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0060409B">
         <w:t>Descolonial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0060409B">
         <w:t>, elaborado por intelectuales del sur global para construir una nueva agenda de investigación sobre la IA (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004014E2" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Krishnan</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> et</w:t>
+        <w:t>Krishnan et</w:t>
       </w:r>
       <w:r w:rsidR="003F56BB" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004014E2" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">al., 2022). </w:t>
       </w:r>
       <w:r w:rsidR="00BB1933" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo al Manifiesto, la IA es una forma renovada de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB1933" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>colonialidad</w:t>
@@ -4386,58 +4426,58 @@
         </w:rPr>
         <w:t>de apropiación</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> de las tecnologías desde los saberes ancestrales, desde el conocimiento acumulado en las prácticas de comunicación alternativa y desde las propuestas de pedagogías populares. Un ejemplo reciente está condensado en la publicación “Inteligencia Artificial centrada en los Pueblos Indígenas: Perspectivas desde América Latina y el Caribe” de UNESCO</w:t>
       </w:r>
       <w:r w:rsidR="00454249" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2023)</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00454249" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">El trabajo analiza las implicancias del uso responsable de tecnología en la inclusión de los pueblos indígenas, teniendo en cuenta la brecha digital, los sesgos algorítmicos, la soberanía de los datos indígenas y la colonización cultural occidental a través de la IA. Desde cuestiones de infraestructura y conectividad, hasta la preservación de las lenguas y saberes indígenas, el </w:t>
+        <w:t xml:space="preserve">El trabajo analiza las </w:t>
       </w:r>
       <w:r w:rsidR="00454249" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">texto promueve estrategias con participación de múltiples actores </w:t>
+        <w:t xml:space="preserve">implicancias del uso responsable de tecnología en la inclusión de los pueblos indígenas, teniendo en cuenta la brecha digital, los sesgos algorítmicos, la soberanía de los datos indígenas y la colonización cultural occidental a través de la IA. Desde cuestiones de infraestructura y conectividad, hasta la preservación de las lenguas y saberes indígenas, el texto promueve estrategias con participación de múltiples actores </w:t>
       </w:r>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">como los gobiernos, las empresas de tecnologías, la academia, los organismos internacionales, </w:t>
       </w:r>
       <w:r w:rsidR="00454249" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>la sociedad civi</w:t>
       </w:r>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">l y las organizaciones de pueblos indígenas </w:t>
       </w:r>
       <w:r w:rsidR="00454249" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">para el </w:t>
       </w:r>
@@ -4544,91 +4584,94 @@
       <w:r w:rsidR="00DC66BE" w:rsidRPr="0060409B">
         <w:t>metacomunicacional</w:t>
       </w:r>
       <w:r w:rsidR="00ED027C" w:rsidRPr="0060409B">
         <w:t>. Estas dimensiones serían: el ejercicio responsable y democrático de la</w:t>
       </w:r>
       <w:r w:rsidR="00D74184" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> comunicación pública</w:t>
       </w:r>
       <w:r w:rsidR="00ED027C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> en los estados; la promoción de derechos humanos desde las recomendaciones de organismos internacionales; </w:t>
       </w:r>
       <w:r w:rsidR="003F56BB" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>por último, pero no menos importante</w:t>
       </w:r>
       <w:r w:rsidR="003F56BB" w:rsidRPr="0060409B">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00ED027C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00700FC6" w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">la construcción y circulación de una inteligencia colectiva que, de manera situada cultural y geopolíticamente, pueda crear nuevas formas de estar y encontrarse (comunicarse) en sociedad. </w:t>
+        <w:t xml:space="preserve">la construcción y circulación de una inteligencia colectiva que, </w:t>
+      </w:r>
+      <w:r w:rsidR="00700FC6" w:rsidRPr="0060409B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">de manera situada cultural y geopolíticamente, pueda crear nuevas formas de estar y encontrarse (comunicarse) en sociedad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F97BF26" w14:textId="77777777" w:rsidR="003934A5" w:rsidRPr="0060409B" w:rsidRDefault="003934A5" w:rsidP="00700FC6">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22511E89" w14:textId="77777777" w:rsidR="003934A5" w:rsidRPr="0060409B" w:rsidRDefault="003934A5" w:rsidP="003934A5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C67F80F" w14:textId="15A8B370" w:rsidR="003934A5" w:rsidRPr="00895D28" w:rsidRDefault="003934A5" w:rsidP="003934A5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00895D28">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A modo de conclusión</w:t>
       </w:r>
       <w:r w:rsidR="00BB4A57" w:rsidRPr="00895D28">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00A3617F" w:rsidRPr="00895D28">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>de la inteligencia artificial a la inteligencia colectiva</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D4AF410" w14:textId="09A9C55E" w:rsidR="005C415E" w:rsidRPr="0060409B" w:rsidRDefault="005C415E" w:rsidP="00783AF0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -4648,59 +4691,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Este recorrido por las discusiones sobre el campo de estudio de la comunicación y la inteligencia artificial buscó ampliar el debate sobre qué y cómo debemos abordar fenómenos tan fluctuantes como impactantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619F0141" w14:textId="67861BF1" w:rsidR="008242A7" w:rsidRPr="0060409B" w:rsidRDefault="00F47217" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Con el advenimiento de la IA y sus tecnologías asociadas, podríamos preguntarnos, al igual que Mabel Piccini hace más de tres décadas con respecto a la centralidad asignada a los medios de comunicación masivos</w:t>
       </w:r>
       <w:r w:rsidR="001B4E38" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008242A7" w:rsidRPr="0060409B">
-        <w:t>si esa fijación ha diluido la categoría de “comunicación colectiva” y, en caso de ser así, si para superar esa trampa epistemológica es necesario cambiar las reglas del juego o el juego mismo (</w:t>
-[...7 lines deleted...]
-        <w:t>, 1989, p. 21).</w:t>
+        <w:t>si esa fijación ha diluido la categoría de “comunicación colectiva” y, en caso de ser así, si para superar esa trampa epistemológica es necesario cambiar las reglas del juego o el juego mismo (Piccini, 1989, p. 21).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AADEF9C" w14:textId="40D88F92" w:rsidR="00B866E9" w:rsidRPr="0060409B" w:rsidRDefault="008242A7" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>El capitalismo ha renovado sus modalidades de acumulación en el siglo XXI, siendo conceptualizado por distintos autores como capitalismo de plataformas, capitalismo cognitivo, capitalismo de la vigilancia, capitalismo digital, capitalismo tecnológico o capitalismo comunicativo.</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A232F" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>El factor común es la centralidad de la extracción y explotación de los datos proporcionados por los usuarios digitales, los cuales se convierten en información para su posterior comercialización como mercancía.</w:t>
@@ -4796,64 +4831,70 @@
         </w:rPr>
         <w:t>, donde la</w:t>
       </w:r>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> creatividad, innovación y </w:t>
       </w:r>
       <w:r w:rsidR="00AA3114" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> utilización inteligente de los entornos digitales</w:t>
       </w:r>
       <w:r w:rsidR="00AA3114" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> se enmarque en una comunicación responsable, es decir, en un diálogo comprometido entre las organizaciones y sus públicos, a partir de la transparencia, la honestidad, la congruencia, la empatía, la interactividad y la confianza. </w:t>
+        <w:t xml:space="preserve"> se enmarque en una comunicación </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3114" w:rsidRPr="0060409B">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">responsable, es decir, en un diálogo comprometido entre las organizaciones y sus públicos, a partir de la transparencia, la honestidad, la congruencia, la empatía, la interactividad y la confianza. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46731E3E" w14:textId="66943686" w:rsidR="00FA7A3B" w:rsidRPr="0060409B" w:rsidRDefault="000A232F" w:rsidP="0069014D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En el caso de América Latina, las inteligencias colectivas han configurado un mapa de conocimientos que abarca desde los saberes ancestrales hasta los desarrollos de la comunicación popular, alternativa y feminista, cuya influencia sigue vigente y debe continuar siendo estudiada y practicada.</w:t>
       </w:r>
       <w:r w:rsidR="00466575" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">Las experiencias mencionadas de gobiernos, como el proyecto cibernético </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:t>Synco</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> en Chile; de la academia, como el Manifiesto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:t>Descolonial</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009F096C" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">; de organismos internacionales, como la publicación de UNESCO por una IA centrada en los pueblos originarios, son ejemplos concretos de formas de inteligencia colectiva aplicada al análisis crítico y a la apropiación popular de la IA en América Latina. </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
@@ -4993,50 +5034,51 @@
         <w:r w:rsidRPr="0060409B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>http://www2.hum.unrc.edu.ar/ojs/index.php/TyPC/article/view/1893</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11912FEF" w14:textId="097FB144" w:rsidR="006D3775" w:rsidRPr="0060409B" w:rsidRDefault="006D3775" w:rsidP="00783AF0">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="810"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Castells, M. (</w:t>
       </w:r>
       <w:r w:rsidR="00935620" w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>1997</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="00935620" w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">La era de la información. Economía, sociedad y cultura, </w:t>
       </w:r>
       <w:r w:rsidR="00935620" w:rsidRPr="0060409B">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
@@ -5046,55 +5088,51 @@
       <w:r w:rsidR="00935620" w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00935620" w:rsidRPr="0060409B">
         <w:rPr>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Alianza Editorial. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1101B939" w14:textId="4AB1BD11" w:rsidR="00F82746" w:rsidRPr="0060409B" w:rsidRDefault="00F82746" w:rsidP="00783AF0">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="810"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
-        <w:t xml:space="preserve">Costa, F., Mónaco, J. A., Covello, A., Novidelsky, I., Zabala, X. ., &amp; Rodríguez, P. (2023). Desafíos de la Inteligencia Artificial generativa: Tres escalas y dos enfoques </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">transversales. </w:t>
+        <w:t xml:space="preserve">Costa, F., Mónaco, J. A., Covello, A., Novidelsky, I., Zabala, X. ., &amp; Rodríguez, P. (2023). Desafíos de la Inteligencia Artificial generativa: Tres escalas y dos enfoques transversales. </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Question/Cuestión</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>(76), e844. https://doi.org/10.24215/16696581e844</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1393FC" w14:textId="5A27BACC" w:rsidR="005C3739" w:rsidRPr="0060409B" w:rsidRDefault="005C3739" w:rsidP="005C3739">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
@@ -5374,84 +5412,80 @@
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>La imagen del tejedor. Lenguajes y políticas de la comunicación.</w:t>
       </w:r>
       <w:r w:rsidR="00531EC0" w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00531EC0" w:rsidRPr="0060409B">
         <w:t xml:space="preserve">FELAFACS Ediciones G. Gili. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F4134AA" w14:textId="03C8CC59" w:rsidR="00531EC0" w:rsidRPr="0060409B" w:rsidRDefault="00531EC0" w:rsidP="00835E7A">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="810"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, M. y </w:t>
+      <w:r w:rsidRPr="0060409B">
+        <w:t xml:space="preserve">Piccini, M. y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0060409B">
         <w:t>Nethol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">, A.M. (2007). </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Introducción a la pedagogía de la comunicación.</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> Trillas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505F5E46" w14:textId="578F7879" w:rsidR="00E51903" w:rsidRPr="0060409B" w:rsidRDefault="00E51903" w:rsidP="00E51903">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="810"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Rouvroy, A. y Berns, T. (2016). “Gubernamentalidad algorítmica y perspectivas de emancipación. ¿La disparidad como condición de individuación a través de la relación?”. En </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Adenda filosófica</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t>, nro.1. Santiago de Chile, Doble Ciencia</w:t>
       </w:r>
       <w:r w:rsidR="008573C7" w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> Editorial.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75B086DB" w14:textId="77777777" w:rsidR="00E51903" w:rsidRPr="0060409B" w:rsidRDefault="00E51903" w:rsidP="00E51903">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="810"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">Sadin, É. (2023). </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
@@ -5471,51 +5505,50 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve">Srnicek, N. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Capitalismo de plataformas.</w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:t xml:space="preserve"> Caja Negra Editora.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD02DF2" w14:textId="77777777" w:rsidR="00454249" w:rsidRPr="0060409B" w:rsidRDefault="000E617F" w:rsidP="000E617F">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="810" w:hanging="810"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060409B">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">UNESCO (2023). Directrices para la gobernanza de las plataformas digitales: salvaguardar la libertad de expresión y el acceso a la información con un enfoque de múltiples partes interesadas. </w:t>
       </w:r>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Enlace: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="0060409B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://unesdoc.unesco.org/ark:/48223/pf0000387360?posInSet=4&amp;queryId=fc785bc6-f38c-4783-a68a-59a330e2b249</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0060409B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1737802E" w14:textId="528B057C" w:rsidR="000E617F" w:rsidRPr="0060409B" w:rsidRDefault="00454249" w:rsidP="00454249">
@@ -5658,58 +5691,58 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C6E54B2" w14:textId="77777777" w:rsidR="00BA5B26" w:rsidRPr="0060409B" w:rsidRDefault="00BA5B26" w:rsidP="00783AF0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BA5B26" w:rsidRPr="0060409B" w:rsidSect="00FA1D5F">
       <w:headerReference w:type="even" r:id="rId18"/>
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12242" w:h="15842"/>
       <w:pgMar w:top="1418" w:right="1701" w:bottom="1418" w:left="1701" w:header="284" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:fmt="numberInDash" w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72DBE06C" w14:textId="77777777" w:rsidR="00743D94" w:rsidRDefault="00743D94" w:rsidP="00302A25">
+    <w:p w14:paraId="462722A0" w14:textId="77777777" w:rsidR="00DE5C46" w:rsidRDefault="00DE5C46" w:rsidP="00302A25">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B951A5D" w14:textId="77777777" w:rsidR="00743D94" w:rsidRDefault="00743D94" w:rsidP="00302A25">
+    <w:p w14:paraId="4889ADF1" w14:textId="77777777" w:rsidR="00DE5C46" w:rsidRDefault="00DE5C46" w:rsidP="00302A25">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5874,58 +5907,58 @@
         <w:bCs/>
       </w:rPr>
       <w:t>Junio</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="26FD70AA" w14:textId="77777777" w:rsidR="00FA1D5F" w:rsidRDefault="00FA1D5F">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26E7CB95" w14:textId="77777777" w:rsidR="00743D94" w:rsidRDefault="00743D94" w:rsidP="00302A25">
+    <w:p w14:paraId="260C6081" w14:textId="77777777" w:rsidR="00DE5C46" w:rsidRDefault="00DE5C46" w:rsidP="00302A25">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E31DE0C" w14:textId="77777777" w:rsidR="00743D94" w:rsidRDefault="00743D94" w:rsidP="00302A25">
+    <w:p w14:paraId="5C782143" w14:textId="77777777" w:rsidR="00DE5C46" w:rsidRDefault="00DE5C46" w:rsidP="00302A25">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="10C5F9FC" w14:textId="406B049E" w:rsidR="00600FC1" w:rsidRPr="00600FC1" w:rsidRDefault="00600FC1" w:rsidP="00600FC1">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600FC1">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00600FC1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8482,66 +8515,68 @@
     <w:rsid w:val="0096560E"/>
     <w:rsid w:val="00970291"/>
     <w:rsid w:val="00974157"/>
     <w:rsid w:val="00981704"/>
     <w:rsid w:val="00991C7B"/>
     <w:rsid w:val="009921CF"/>
     <w:rsid w:val="009A2364"/>
     <w:rsid w:val="009A6BEB"/>
     <w:rsid w:val="009B533E"/>
     <w:rsid w:val="009C5710"/>
     <w:rsid w:val="009C5E9D"/>
     <w:rsid w:val="009D19B1"/>
     <w:rsid w:val="009D71B2"/>
     <w:rsid w:val="009E397A"/>
     <w:rsid w:val="009F096C"/>
     <w:rsid w:val="009F4DFF"/>
     <w:rsid w:val="00A211EA"/>
     <w:rsid w:val="00A22514"/>
     <w:rsid w:val="00A22C94"/>
     <w:rsid w:val="00A3542F"/>
     <w:rsid w:val="00A3617F"/>
     <w:rsid w:val="00A572E3"/>
     <w:rsid w:val="00A57FF3"/>
     <w:rsid w:val="00A64255"/>
     <w:rsid w:val="00A65EE4"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00A96AD4"/>
     <w:rsid w:val="00AA3114"/>
     <w:rsid w:val="00AB0B3C"/>
     <w:rsid w:val="00AB6191"/>
     <w:rsid w:val="00AC2B26"/>
     <w:rsid w:val="00AC65EF"/>
     <w:rsid w:val="00AD0F18"/>
     <w:rsid w:val="00AD7BAA"/>
     <w:rsid w:val="00AD7C81"/>
     <w:rsid w:val="00AF2E31"/>
     <w:rsid w:val="00B07439"/>
     <w:rsid w:val="00B22987"/>
     <w:rsid w:val="00B25C3A"/>
     <w:rsid w:val="00B3089B"/>
     <w:rsid w:val="00B43AC4"/>
     <w:rsid w:val="00B62508"/>
+    <w:rsid w:val="00B67AB0"/>
     <w:rsid w:val="00B866E9"/>
     <w:rsid w:val="00BA03C3"/>
     <w:rsid w:val="00BA5B26"/>
     <w:rsid w:val="00BB1933"/>
     <w:rsid w:val="00BB1CC5"/>
     <w:rsid w:val="00BB2926"/>
     <w:rsid w:val="00BB29D0"/>
     <w:rsid w:val="00BB4A57"/>
     <w:rsid w:val="00BC6B81"/>
     <w:rsid w:val="00BD5408"/>
     <w:rsid w:val="00BF6993"/>
     <w:rsid w:val="00C05611"/>
     <w:rsid w:val="00C131AE"/>
     <w:rsid w:val="00C21371"/>
     <w:rsid w:val="00C21D89"/>
     <w:rsid w:val="00C22491"/>
     <w:rsid w:val="00C239EC"/>
     <w:rsid w:val="00C25490"/>
     <w:rsid w:val="00C31B03"/>
     <w:rsid w:val="00C43835"/>
     <w:rsid w:val="00C44724"/>
     <w:rsid w:val="00C50AEB"/>
     <w:rsid w:val="00C52434"/>
     <w:rsid w:val="00C63C82"/>
     <w:rsid w:val="00C63EAB"/>
@@ -8570,50 +8605,51 @@
     <w:rsid w:val="00D2258B"/>
     <w:rsid w:val="00D334EA"/>
     <w:rsid w:val="00D4270D"/>
     <w:rsid w:val="00D50FD1"/>
     <w:rsid w:val="00D513F5"/>
     <w:rsid w:val="00D64868"/>
     <w:rsid w:val="00D728DD"/>
     <w:rsid w:val="00D74184"/>
     <w:rsid w:val="00D74FDE"/>
     <w:rsid w:val="00D81A4C"/>
     <w:rsid w:val="00D867F1"/>
     <w:rsid w:val="00D94529"/>
     <w:rsid w:val="00D97358"/>
     <w:rsid w:val="00DA3C87"/>
     <w:rsid w:val="00DB12FF"/>
     <w:rsid w:val="00DB1FEF"/>
     <w:rsid w:val="00DB3A6C"/>
     <w:rsid w:val="00DB705F"/>
     <w:rsid w:val="00DC1D22"/>
     <w:rsid w:val="00DC29A7"/>
     <w:rsid w:val="00DC66BE"/>
     <w:rsid w:val="00DC7178"/>
     <w:rsid w:val="00DD0E5F"/>
     <w:rsid w:val="00DD11FB"/>
     <w:rsid w:val="00DD5152"/>
+    <w:rsid w:val="00DE5C46"/>
     <w:rsid w:val="00DE795D"/>
     <w:rsid w:val="00DF128B"/>
     <w:rsid w:val="00DF7AC2"/>
     <w:rsid w:val="00E000ED"/>
     <w:rsid w:val="00E05168"/>
     <w:rsid w:val="00E14E7F"/>
     <w:rsid w:val="00E23D95"/>
     <w:rsid w:val="00E26947"/>
     <w:rsid w:val="00E3310B"/>
     <w:rsid w:val="00E51903"/>
     <w:rsid w:val="00E907C2"/>
     <w:rsid w:val="00E94297"/>
     <w:rsid w:val="00EA053D"/>
     <w:rsid w:val="00EA34E9"/>
     <w:rsid w:val="00EA380A"/>
     <w:rsid w:val="00EA5294"/>
     <w:rsid w:val="00EB3DD4"/>
     <w:rsid w:val="00ED027C"/>
     <w:rsid w:val="00ED065B"/>
     <w:rsid w:val="00EF3329"/>
     <w:rsid w:val="00EF6B40"/>
     <w:rsid w:val="00F3679D"/>
     <w:rsid w:val="00F4315F"/>
     <w:rsid w:val="00F47217"/>
     <w:rsid w:val="00F50177"/>
@@ -9063,51 +9099,50 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000A3D52"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
@@ -9987,69 +10022,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9581604-9255-A248-AB25-4CD75BE6E088}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>5202</Words>
-  <Characters>28612</Characters>
+  <Words>5209</Words>
+  <Characters>28652</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>238</Lines>
   <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33747</CharactersWithSpaces>
+  <CharactersWithSpaces>33794</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>